--- v0 (2026-01-11)
+++ v1 (2026-03-19)
@@ -54,207 +54,207 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9165</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ASA</t>
   </si>
   <si>
     <t>Atas Sessões Antigas</t>
   </si>
   <si>
     <t>Câmara Municipal da Lapa</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9165/ata_1904-1.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9165/ata_1904-1.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 09/04/1904.</t>
   </si>
   <si>
     <t>9166</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9166/ata_1904-2.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9166/ata_1904-2.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 04/06/1904.</t>
   </si>
   <si>
     <t>9167</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9167/ata_1904-3.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9167/ata_1904-3.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 10/06/1904.</t>
   </si>
   <si>
     <t>9168</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9168/ata_1904-4.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9168/ata_1904-4.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 20/08/1904.</t>
   </si>
   <si>
     <t>9169</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9169/ata_1904-5.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9169/ata_1904-5.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 22/08/1904.</t>
   </si>
   <si>
     <t>9170</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9170/ata_1904-6.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9170/ata_1904-6.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 21/09/1904.</t>
   </si>
   <si>
     <t>9171</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9171/ata_1904-7.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9171/ata_1904-7.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 22/09/1904.</t>
   </si>
   <si>
     <t>9172</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9172/ata_1904-8.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9172/ata_1904-8.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 06/10/1904.</t>
   </si>
   <si>
     <t>9173</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9173/ata_1904-9.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9173/ata_1904-9.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 19/10/1904.</t>
   </si>
   <si>
     <t>9182</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9182/ata_1904-10.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9182/ata_1904-10.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 05/11/1904</t>
   </si>
   <si>
     <t>9183</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9183/ata_1904-11.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9183/ata_1904-11.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 17/12/1904</t>
   </si>
   <si>
     <t>9235</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9235/ata_1.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9235/ata_1.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 02/01/1904</t>
   </si>
   <si>
     <t>9236</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9236/ata_2.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9236/ata_2.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 06/02/1904</t>
   </si>
   <si>
     <t>9237</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9237/ata_3.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9237/ata_3.pdf</t>
   </si>
   <si>
     <t>ATA DO DIA 19/03/1904</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -561,67 +561,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9165/ata_1904-1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9166/ata_1904-2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9167/ata_1904-3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9168/ata_1904-4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9169/ata_1904-5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9170/ata_1904-6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9171/ata_1904-7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9172/ata_1904-8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9173/ata_1904-9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9182/ata_1904-10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9183/ata_1904-11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9235/ata_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9236/ata_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9237/ata_3.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9165/ata_1904-1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9166/ata_1904-2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9167/ata_1904-3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9168/ata_1904-4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9169/ata_1904-5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9170/ata_1904-6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9171/ata_1904-7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9172/ata_1904-8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9173/ata_1904-9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9182/ata_1904-10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9183/ata_1904-11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9235/ata_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9236/ata_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1904/9237/ata_3.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="22" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>