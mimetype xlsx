--- v0 (2026-01-13)
+++ v1 (2026-03-13)
@@ -54,399 +54,399 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11104</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>ASA</t>
   </si>
   <si>
     <t>Atas Sessões Antigas</t>
   </si>
   <si>
     <t>Câmara Municipal da Lapa</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11104/ata_da_31a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11104/ata_da_31a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (08/01/1922).</t>
   </si>
   <si>
     <t>11105</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11105/ata_da_32a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11105/ata_da_32a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (09/01/1922).</t>
   </si>
   <si>
     <t>11106</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11106/ata_da_33a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11106/ata_da_33a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (10/01/1922).</t>
   </si>
   <si>
     <t>11107</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11107/ata_da_34a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11107/ata_da_34a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (11/01/1922).</t>
   </si>
   <si>
     <t>11109</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11109/ata_da_35a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11109/ata_da_35a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (12/01/1922).</t>
   </si>
   <si>
     <t>11112</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11112/ata_da_36a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11112/ata_da_36a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (13/01/1922).</t>
   </si>
   <si>
     <t>11113</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11113/ata_da_37a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11113/ata_da_37a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (14/01/1922).</t>
   </si>
   <si>
     <t>11184</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11184/ata_da_38a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11184/ata_da_38a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (15/01/1922).</t>
   </si>
   <si>
     <t>11185</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11185/ata_da_39a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11185/ata_da_39a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (06/04/1922).</t>
   </si>
   <si>
     <t>11186</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11186/ata_da_40a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11186/ata_da_40a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (07/04/1922).</t>
   </si>
   <si>
     <t>11187</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11187/ata_da_41a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11187/ata_da_41a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (08/04/1922).</t>
   </si>
   <si>
     <t>11188</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11188/ata_da_42a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11188/ata_da_42a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (09/04/1922).</t>
   </si>
   <si>
     <t>11235</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11235/ata_da_43a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11235/ata_da_43a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (10/04/1922).</t>
   </si>
   <si>
     <t>11236</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11236/ata_da_44a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11236/ata_da_44a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (08/07/1922).</t>
   </si>
   <si>
     <t>11237</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11237/ata_da_45a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11237/ata_da_45a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (09/07/1922).</t>
   </si>
   <si>
     <t>11238</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11238/ata_da_46a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11238/ata_da_46a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (10/07/1922).</t>
   </si>
   <si>
     <t>11239</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11239/ata_da_47a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11239/ata_da_47a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (11/07/1922).</t>
   </si>
   <si>
     <t>11240</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11240/ata_da_48a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11240/ata_da_48a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (12/07/1922).</t>
   </si>
   <si>
     <t>11241</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11241/ata_da_49a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11241/ata_da_49a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (13/07/1922).</t>
   </si>
   <si>
     <t>11242</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11242/ata_da_50a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11242/ata_da_50a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (14/07/1922).</t>
   </si>
   <si>
     <t>11243</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11243/ata_da_51a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11243/ata_da_51a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (15/07/1922).</t>
   </si>
   <si>
     <t>11244</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11244/ata_da_52a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11244/ata_da_52a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (07/10/1922).</t>
   </si>
   <si>
     <t>11246</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11246/ata_da_53a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11246/ata_da_53a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (08/10/1922).</t>
   </si>
   <si>
     <t>11250</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11250/ata_da_54a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11250/ata_da_54a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (09/10/1922).</t>
   </si>
   <si>
     <t>11251</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11251/ata_da_55a__sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11251/ata_da_55a__sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (10/10/1922).</t>
   </si>
   <si>
     <t>11252</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11252/ata_da_56a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11252/ata_da_56a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (11/10/1922).</t>
   </si>
   <si>
     <t>11253</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11253/ata_da_57a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11253/ata_da_57a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (12/10/1922).</t>
   </si>
   <si>
     <t>11254</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11254/ata_da_58a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11254/ata_da_58a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (13/10/1922).</t>
   </si>
   <si>
     <t>11255</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11255/ata_da_59a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11255/ata_da_59a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (14/10/1922).</t>
   </si>
   <si>
     <t>11256</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11256/ata_da_60a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11256/ata_da_60a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (15/10/1922).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -753,68 +753,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11104/ata_da_31a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11105/ata_da_32a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11106/ata_da_33a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11107/ata_da_34a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11109/ata_da_35a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11112/ata_da_36a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11113/ata_da_37a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11184/ata_da_38a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11185/ata_da_39a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11186/ata_da_40a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11187/ata_da_41a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11188/ata_da_42a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11235/ata_da_43a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11236/ata_da_44a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11237/ata_da_45a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11238/ata_da_46a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11239/ata_da_47a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11240/ata_da_48a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11241/ata_da_49a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11242/ata_da_50a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11243/ata_da_51a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11244/ata_da_52a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11246/ata_da_53a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11250/ata_da_54a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11251/ata_da_55a__sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11252/ata_da_56a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11253/ata_da_57a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11254/ata_da_58a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11255/ata_da_59a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11256/ata_da_60a_sessao_ordinaria.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11104/ata_da_31a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11105/ata_da_32a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11106/ata_da_33a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11107/ata_da_34a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11109/ata_da_35a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11112/ata_da_36a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11113/ata_da_37a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11184/ata_da_38a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11185/ata_da_39a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11186/ata_da_40a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11187/ata_da_41a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11188/ata_da_42a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11235/ata_da_43a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11236/ata_da_44a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11237/ata_da_45a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11238/ata_da_46a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11239/ata_da_47a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11240/ata_da_48a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11241/ata_da_49a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11242/ata_da_50a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11243/ata_da_51a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11244/ata_da_52a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11246/ata_da_53a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11250/ata_da_54a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11251/ata_da_55a__sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11252/ata_da_56a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11253/ata_da_57a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11254/ata_da_58a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11255/ata_da_59a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1922/11256/ata_da_60a_sessao_ordinaria.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="66.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>