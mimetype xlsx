--- v0 (2026-01-13)
+++ v1 (2026-03-15)
@@ -54,564 +54,564 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10961</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ASA</t>
   </si>
   <si>
     <t>Atas Sessões Antigas</t>
   </si>
   <si>
     <t>Câmara Municipal da Lapa</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10961/1_ata_da_sessao_preparatoria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10961/1_ata_da_sessao_preparatoria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO PREPARATÓRIA DA CÂMARA MUNICIPAL DA LAPA (17/09/1928).</t>
   </si>
   <si>
     <t>10962</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10962/2_ata_da_sessao_preparatoria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10962/2_ata_da_sessao_preparatoria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO PREPARATÓRIA DA CÂMARA MUNICIPAL DA LAPA (20/09/1928).</t>
   </si>
   <si>
     <t>10965</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10965/ata_da_1_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10965/ata_da_1_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (02/10/1928).</t>
   </si>
   <si>
     <t>10966</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10966/ata_da_2_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10966/ata_da_2_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (03/10/1928)</t>
   </si>
   <si>
     <t>10968</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10968/ata_da_3_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10968/ata_da_3_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (08/10/1928).</t>
   </si>
   <si>
     <t>10970</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10970/ata_da_4_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10970/ata_da_4_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (05/11/1928).</t>
   </si>
   <si>
     <t>10972</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10972/ata_da_5__sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10972/ata_da_5__sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (06/11/1928).</t>
   </si>
   <si>
     <t>10974</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10974/ata_da_6_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10974/ata_da_6_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (07/11/1928)</t>
   </si>
   <si>
     <t>11804</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11804/ata_da_119o_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11804/ata_da_119o_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (28/01/1928).</t>
   </si>
   <si>
     <t>11805</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11805/ata_da_120o_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11805/ata_da_120o_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (29/01/1928).</t>
   </si>
   <si>
     <t>11806</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11806/ata_da_121o_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11806/ata_da_121o_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (30/01/1928).</t>
   </si>
   <si>
     <t>11807</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11807/ata_da_122o_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11807/ata_da_122o_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (31/01/1928).</t>
   </si>
   <si>
     <t>11808</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11808/ata_da_123o_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11808/ata_da_123o_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (01/02/1928).</t>
   </si>
   <si>
     <t>11819</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11819/ata_da_124o_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11819/ata_da_124o_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (02/02/1928)</t>
   </si>
   <si>
     <t>11820</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11820/ata_da_125o_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11820/ata_da_125o_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (03/02/1928)</t>
   </si>
   <si>
     <t>11821</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11821/ata_da_23_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11821/ata_da_23_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (04/02/1928)</t>
   </si>
   <si>
     <t>11822</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11822/ata_da_24_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11822/ata_da_24_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (04/04/1928)</t>
   </si>
   <si>
     <t>11823</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11823/ata_da_25_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11823/ata_da_25_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (06/04/1928)</t>
   </si>
   <si>
     <t>11824</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11824/ata_da_26_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11824/ata_da_26_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (07/04/1928).</t>
   </si>
   <si>
     <t>11826</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11826/ata_da_27_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11826/ata_da_27_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (08/04/1928)</t>
   </si>
   <si>
     <t>11859</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11859/ata_da_28_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11859/ata_da_28_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (09/04/1928).</t>
   </si>
   <si>
     <t>11861</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11861/ata_da_29_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11861/ata_da_29_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (10/04/1928)</t>
   </si>
   <si>
     <t>11869</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11869/ata_da_30_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11869/ata_da_30_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (11/04/1928)</t>
   </si>
   <si>
     <t>11872</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11872/ata_da_31_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11872/ata_da_31_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (12/04/1928).</t>
   </si>
   <si>
     <t>11873</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11873/ata_da_32_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11873/ata_da_32_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (15/07/1928).</t>
   </si>
   <si>
     <t>11874</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11874/ata_da_33_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11874/ata_da_33_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (16/07/1928).</t>
   </si>
   <si>
     <t>11875</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11875/ata_da_34_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11875/ata_da_34_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (17/07/1928).</t>
   </si>
   <si>
     <t>11876</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11876/ata_da_sessao_preparatoria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11876/ata_da_sessao_preparatoria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO PREPATARÓRIA DA CÂMARA MUNICIPAL DA LAPA (18/09/1928).</t>
   </si>
   <si>
     <t>11877</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11877/1_ata_da_sessao_preparatoria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11877/1_ata_da_sessao_preparatoria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO PREPARATÓRIA DA CÂMARA MUNICIPAL DA LAPA (19/09/1928).</t>
   </si>
   <si>
     <t>11878</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11878/2_ata_da_sessao_preparatoria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11878/2_ata_da_sessao_preparatoria.pdf</t>
   </si>
   <si>
     <t>11879</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11879/ata_da_posse.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11879/ata_da_posse.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO DE POSSE DA CÂMARA MUNICIPAL DA LAPA (21/09/1928).</t>
   </si>
   <si>
     <t>11880</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11880/ata_da_1_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11880/ata_da_1_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>11888</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11888/ata_da_2_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11888/ata_da_2_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO DE POSSE DA CÂMARA MUNICIPAL DA LAPA (03/10/1928).</t>
   </si>
   <si>
     <t>11889</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11889/ata_da_3_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11889/ata_da_3_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO DE POSSE DA CÂMARA MUNICIPAL DA LAPA (08/10/1928).</t>
   </si>
   <si>
     <t>11894</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11894/ata_da_4_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11894/ata_da_4_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>11895</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11895/ata_da_5__sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11895/ata_da_5__sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>11896</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11896/ata_da_6_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11896/ata_da_6_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>11897</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11897/ata_da_7_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11897/ata_da_7_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (07/11/1928).</t>
   </si>
   <si>
     <t>11899</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11899/ata_da_7_sessao_ordinaria_-_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11899/ata_da_7_sessao_ordinaria_-_ok.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (08/11/1928).</t>
   </si>
   <si>
     <t>11900</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11900/ata_da_8_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11900/ata_da_8_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (09/11/1928).</t>
   </si>
   <si>
     <t>11901</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11901/ata_da_9_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11901/ata_da_9_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (10/11/1928).</t>
   </si>
   <si>
     <t>11902</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11902/ata_da_10_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11902/ata_da_10_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (11/11/1928).</t>
   </si>
   <si>
     <t>11903</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11903/ata_da_11_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11903/ata_da_11_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (12/11/1928).</t>
   </si>
   <si>
     <t>11912</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11912/ata_da_12_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11912/ata_da_12_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (13/11/1928).</t>
   </si>
   <si>
     <t>11922</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11922/ata_da_13_sessao_ordinaria.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11922/ata_da_13_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DE SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DA LAPA (14/11/1928).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -918,68 +918,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10961/1_ata_da_sessao_preparatoria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10962/2_ata_da_sessao_preparatoria.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10965/ata_da_1_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10966/ata_da_2_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10968/ata_da_3_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10970/ata_da_4_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10972/ata_da_5__sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10974/ata_da_6_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11804/ata_da_119o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11805/ata_da_120o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11806/ata_da_121o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11807/ata_da_122o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11808/ata_da_123o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11819/ata_da_124o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11820/ata_da_125o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11821/ata_da_23_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11822/ata_da_24_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11823/ata_da_25_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11824/ata_da_26_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11826/ata_da_27_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11859/ata_da_28_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11861/ata_da_29_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11869/ata_da_30_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11872/ata_da_31_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11873/ata_da_32_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11874/ata_da_33_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11875/ata_da_34_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11876/ata_da_sessao_preparatoria.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11877/1_ata_da_sessao_preparatoria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11878/2_ata_da_sessao_preparatoria.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11879/ata_da_posse.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11880/ata_da_1_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11888/ata_da_2_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11889/ata_da_3_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11894/ata_da_4_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11895/ata_da_5__sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11896/ata_da_6_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11897/ata_da_7_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11899/ata_da_7_sessao_ordinaria_-_ok.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11900/ata_da_8_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11901/ata_da_9_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11902/ata_da_10_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11903/ata_da_11_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11912/ata_da_12_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11922/ata_da_13_sessao_ordinaria.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10961/1_ata_da_sessao_preparatoria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10962/2_ata_da_sessao_preparatoria.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10965/ata_da_1_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10966/ata_da_2_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10968/ata_da_3_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10970/ata_da_4_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10972/ata_da_5__sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/10974/ata_da_6_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11804/ata_da_119o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11805/ata_da_120o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11806/ata_da_121o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11807/ata_da_122o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11808/ata_da_123o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11819/ata_da_124o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11820/ata_da_125o_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11821/ata_da_23_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11822/ata_da_24_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11823/ata_da_25_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11824/ata_da_26_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11826/ata_da_27_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11859/ata_da_28_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11861/ata_da_29_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11869/ata_da_30_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11872/ata_da_31_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11873/ata_da_32_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11874/ata_da_33_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11875/ata_da_34_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11876/ata_da_sessao_preparatoria.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11877/1_ata_da_sessao_preparatoria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11878/2_ata_da_sessao_preparatoria.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11879/ata_da_posse.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11880/ata_da_1_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11888/ata_da_2_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11889/ata_da_3_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11894/ata_da_4_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11895/ata_da_5__sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11896/ata_da_6_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11897/ata_da_7_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11899/ata_da_7_sessao_ordinaria_-_ok.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11900/ata_da_8_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11901/ata_da_9_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11902/ata_da_10_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11903/ata_da_11_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11912/ata_da_12_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1928/11922/ata_da_13_sessao_ordinaria.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="69.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>