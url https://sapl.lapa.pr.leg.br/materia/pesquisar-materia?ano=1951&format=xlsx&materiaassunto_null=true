--- v0 (2026-01-13)
+++ v1 (2026-03-14)
@@ -54,327 +54,327 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11069</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Trajano Ehlke Pires</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/11069/anteprojeto_de_lei_03-1951.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/11069/anteprojeto_de_lei_03-1951.pdf</t>
   </si>
   <si>
     <t>Declara feriado no dia 20 de Novembro a partir das 12 horas.</t>
   </si>
   <si>
     <t>11070</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Sebastião Ambrosio</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/11070/anteprojeto_de_lei_06-1951.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/11070/anteprojeto_de_lei_06-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a cobrar imposto de viação da localidade de Água Azul.</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4318/ante_projeto_de_lei_90_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4318/ante_projeto_de_lei_90_51.pdf</t>
   </si>
   <si>
     <t>Concede Subvenção.</t>
   </si>
   <si>
     <t>4319</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4319/ante_projeto_de_lei_91_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4319/ante_projeto_de_lei_91_51.pdf</t>
   </si>
   <si>
     <t>Cancela Subvenção e concede Pensão.</t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Gustavo Kuss</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4340/ante_projeto_de_lei_93_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4340/ante_projeto_de_lei_93_51.pdf</t>
   </si>
   <si>
     <t>Regula o preço de carne.</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4341/ante_projeto_de_lei_94_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4341/ante_projeto_de_lei_94_51.pdf</t>
   </si>
   <si>
     <t>Concede Pensão ao senhor Marcelino Ribas Pinto.</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Odilon Montenegro Carneiro</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4343/ante_projeto_de_lei_96_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4343/ante_projeto_de_lei_96_51.pdf</t>
   </si>
   <si>
     <t>Concede Abono de Natal aos funcionários Municipais.</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4344/ante_projeto_de_lei_97_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4344/ante_projeto_de_lei_97_51.pdf</t>
   </si>
   <si>
     <t>Concede Pensão.</t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4345/ante_projeto_de_lei_98_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4345/ante_projeto_de_lei_98_51.pdf</t>
   </si>
   <si>
     <t>Eleva padrão de vencimento de Funcionário aposentado.</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4346/ante_projeto_de_lei_99_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4346/ante_projeto_de_lei_99_51.pdf</t>
   </si>
   <si>
     <t>Aumenta Vencimento.</t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4347/ante_projeto_de_lei_100_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4347/ante_projeto_de_lei_100_51.pdf</t>
   </si>
   <si>
     <t>Eleva vencimento de funcionário aposentado.</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4348/ante_projeto_de_lei_101_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4348/ante_projeto_de_lei_101_51.pdf</t>
   </si>
   <si>
     <t>Eleva o Salário Família dos Servidores Municipais.</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4354/ante_projeto_de_lei_104_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4354/ante_projeto_de_lei_104_51.pdf</t>
   </si>
   <si>
     <t>Quadro Permanente da Prefeitura.</t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4355/ante_projeto_de_lei_105_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4355/ante_projeto_de_lei_105_51.pdf</t>
   </si>
   <si>
     <t>Quadro dos Funcionários Municipais.</t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4317/projeto_de_lei_89_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4317/projeto_de_lei_89_51.pdf</t>
   </si>
   <si>
     <t>Permuta de Terreno.</t>
   </si>
   <si>
     <t>4339</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4339/projeto_de_lei_92_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4339/projeto_de_lei_92_51.pdf</t>
   </si>
   <si>
     <t>Desapropriação de Terreno.</t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4342/projeto_de_lei_95_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4342/projeto_de_lei_95_51.pdf</t>
   </si>
   <si>
     <t>Empréstimo "Inco" (Banco Industria e Comércio S.A).</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4352/projeto_de_lei_102_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4352/projeto_de_lei_102_51.pdf</t>
   </si>
   <si>
     <t>Reforço de Verba.</t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4353/projeto_de_lei_103_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4353/projeto_de_lei_103_51.pdf</t>
   </si>
   <si>
     <t>Cria a Tabela de Vencimentos Municipais.</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4356/projeto_de_lei_106_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4356/projeto_de_lei_106_51.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial.</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4357/projeto_de_lei_107_51.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4357/projeto_de_lei_107_51.pdf</t>
   </si>
   <si>
     <t>Orçamento para 1952.</t>
   </si>
   <si>
     <t>11082</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/11082/proj_de_resolucao_01_1951.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/11082/proj_de_resolucao_01_1951.pdf</t>
   </si>
   <si>
     <t>Cria o cargo de Vice-Presidente da Câmara.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -681,68 +681,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/11069/anteprojeto_de_lei_03-1951.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/11070/anteprojeto_de_lei_06-1951.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4318/ante_projeto_de_lei_90_51.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4319/ante_projeto_de_lei_91_51.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4340/ante_projeto_de_lei_93_51.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4341/ante_projeto_de_lei_94_51.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4343/ante_projeto_de_lei_96_51.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4344/ante_projeto_de_lei_97_51.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4345/ante_projeto_de_lei_98_51.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4346/ante_projeto_de_lei_99_51.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4347/ante_projeto_de_lei_100_51.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4348/ante_projeto_de_lei_101_51.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4354/ante_projeto_de_lei_104_51.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4355/ante_projeto_de_lei_105_51.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4317/projeto_de_lei_89_51.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4339/projeto_de_lei_92_51.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4342/projeto_de_lei_95_51.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4352/projeto_de_lei_102_51.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4353/projeto_de_lei_103_51.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4356/projeto_de_lei_106_51.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4357/projeto_de_lei_107_51.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/11082/proj_de_resolucao_01_1951.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/11069/anteprojeto_de_lei_03-1951.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/11070/anteprojeto_de_lei_06-1951.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4318/ante_projeto_de_lei_90_51.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4319/ante_projeto_de_lei_91_51.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4340/ante_projeto_de_lei_93_51.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4341/ante_projeto_de_lei_94_51.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4343/ante_projeto_de_lei_96_51.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4344/ante_projeto_de_lei_97_51.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4345/ante_projeto_de_lei_98_51.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4346/ante_projeto_de_lei_99_51.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4347/ante_projeto_de_lei_100_51.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4348/ante_projeto_de_lei_101_51.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4354/ante_projeto_de_lei_104_51.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4355/ante_projeto_de_lei_105_51.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4317/projeto_de_lei_89_51.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4339/projeto_de_lei_92_51.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4342/projeto_de_lei_95_51.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4352/projeto_de_lei_102_51.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4353/projeto_de_lei_103_51.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4356/projeto_de_lei_106_51.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/4357/projeto_de_lei_107_51.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1951/11082/proj_de_resolucao_01_1951.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="79.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>