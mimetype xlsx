--- v0 (2026-01-13)
+++ v1 (2026-03-26)
@@ -54,387 +54,387 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Mario Ehlke</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4664/ante_projeto_de_lei_25_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4664/ante_projeto_de_lei_25_1953.pdf</t>
   </si>
   <si>
     <t>Institui a Caixa de Assistência Municipal.</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Luciano Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4665/ante_projeto_de_lei_26_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4665/ante_projeto_de_lei_26_1953.pdf</t>
   </si>
   <si>
     <t>Concede pensão mensal a viúva do Ex-Servidor Municipal Sr. Agostinho Francisco Pedroso.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Juvenal Borges da Silveira</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4671/ante_projeto_de_lei_33_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4671/ante_projeto_de_lei_33_1953.pdf</t>
   </si>
   <si>
     <t>Concede Anistia sobre Dívida Antiga, Impostos, Taxas do Exercício.</t>
   </si>
   <si>
     <t>11085</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/11085/anteprojeto_de_lei_34-1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/11085/anteprojeto_de_lei_34-1953.pdf</t>
   </si>
   <si>
     <t>Extingue o aumento da taxa de água.</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Murilo Suplicy de Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4675/ante_projeto_de_lei_35_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4675/ante_projeto_de_lei_35_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o encontro de contas dos credores da prefeitura, com relação ao pagamento de impostos.</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4677/ante_projeto_de_lei_36_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4677/ante_projeto_de_lei_36_1953.pdf</t>
   </si>
   <si>
     <t>Cria o Serviço de Cadastro Imobiliário Municipal.</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Oswaldo Wille Scholz</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4679/ante_projeto_de_lei_37_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4679/ante_projeto_de_lei_37_1953.pdf</t>
   </si>
   <si>
     <t>Concede auxilio para a compra de um relógio que será instalado na torre do Santuário de São Benedito.</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4680/ante_projeto_de_lei_38_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4680/ante_projeto_de_lei_38_1953.pdf</t>
   </si>
   <si>
     <t>Regula loteamento de terrenos no quadro urbano e suburbano e dá outras providências.</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4625/projeto_de_lei_19_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4625/projeto_de_lei_19_1953.pdf</t>
   </si>
   <si>
     <t>Ampliação do quadro urbano desta cidade.</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4629/projeto_de_lei_20_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4629/projeto_de_lei_20_1953.pdf</t>
   </si>
   <si>
     <t>Altera o imposto de melhoria (Lei n° 87 de 16/12/1950).</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4661/projeto_de_lei_21_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4661/projeto_de_lei_21_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo a contrair um empréstimo no Banco do Estado do Paraná S/A, ou outro estabelecimento de crédito.</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4662/projeto_de_lei_22_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4662/projeto_de_lei_22_1953.pdf</t>
   </si>
   <si>
     <t>Concede pensão mensal ao Ex-Funcionário Sr. Leonardo Nadolni.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4663/projeto_de_lei_23_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4663/projeto_de_lei_23_1953.pdf</t>
   </si>
   <si>
     <t>Organização de uma Sociedade Mixta Municipal que vise dotar a Cidade de uma rede telefônica urbana.</t>
   </si>
   <si>
     <t>10823</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/10823/anteprojeto_de_lei_24-09-1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/10823/anteprojeto_de_lei_24-09-1953.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4666/projeto_de_lei_n_26_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4666/projeto_de_lei_n_26_1953.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 143 de 30 de Março último.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4667/projeto_de_lei_27_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4667/projeto_de_lei_27_1953.pdf</t>
   </si>
   <si>
     <t>Proposta Orçamentária para 1954.</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4668/projeto_de_lei_30_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4668/projeto_de_lei_30_1953.pdf</t>
   </si>
   <si>
     <t>Concede subvenção a Caixa de Assistência Municipal.</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4669/projeto_de_lei_31_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4669/projeto_de_lei_31_1953.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 137 de 23 de Dezembro de 1952.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4670/projeto_de_lei_32_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4670/projeto_de_lei_32_1953.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 126 de 19 de Setembro de 1952.</t>
   </si>
   <si>
     <t>8874</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/8874/anteprojeto_de_lei_n_33_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/8874/anteprojeto_de_lei_n_33_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desapropriação de imóveis e dá outras providências.</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4672/projeto_de_lei_34_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4672/projeto_de_lei_34_1953.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4673/projeto_de_lei_35_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4673/projeto_de_lei_35_1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desapropriação de imóveis.</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4676/projeto_de_lei_36_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4676/projeto_de_lei_36_1953.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para a exploração do Serviço Telefônico.</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4678/projeto_de_lei_37_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4678/projeto_de_lei_37_1953.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal a desapropriar um terreno de propriedade da Federação Espirita do Paraná.</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4696/projeto_de_lei_38_1953.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4696/projeto_de_lei_38_1953.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial de Cr$ 500.000,00.</t>
   </si>
   <si>
     <t>6552</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Darcy Borges da Silveira</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/6552/projeto_de_resolucao_09_1953_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/6552/projeto_de_resolucao_09_1953_ok.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 3º do capitulo 1º do Regimento Interno.</t>
   </si>
   <si>
     <t>6551</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/6551/anteprojeto_de_resolucao_10_1953_a.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/6551/anteprojeto_de_resolucao_10_1953_a.pdf</t>
   </si>
   <si>
     <t>Indica o nome do Dr. CAETANO MUNHOZ DA ROCHA para a avenida que liga a estrada de rodagem Curitiba - São Mateus do Sul, a esta cidade.</t>
   </si>
   <si>
     <t>7848</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/7848/projeto_de_resolucao_12_1953_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/7848/projeto_de_resolucao_12_1953_ok.pdf</t>
   </si>
   <si>
     <t>Estabelece gratificação aos funcionários desta Casa de Leis.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -741,68 +741,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4664/ante_projeto_de_lei_25_1953.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4665/ante_projeto_de_lei_26_1953.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4671/ante_projeto_de_lei_33_1953.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/11085/anteprojeto_de_lei_34-1953.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4675/ante_projeto_de_lei_35_1953.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4677/ante_projeto_de_lei_36_1953.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4679/ante_projeto_de_lei_37_1953.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4680/ante_projeto_de_lei_38_1953.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4625/projeto_de_lei_19_1953.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4629/projeto_de_lei_20_1953.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4661/projeto_de_lei_21_1953.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4662/projeto_de_lei_22_1953.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4663/projeto_de_lei_23_1953.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/10823/anteprojeto_de_lei_24-09-1953.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4666/projeto_de_lei_n_26_1953.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4667/projeto_de_lei_27_1953.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4668/projeto_de_lei_30_1953.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4669/projeto_de_lei_31_1953.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4670/projeto_de_lei_32_1953.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/8874/anteprojeto_de_lei_n_33_1953.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4672/projeto_de_lei_34_1953.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4673/projeto_de_lei_35_1953.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4676/projeto_de_lei_36_1953.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4678/projeto_de_lei_37_1953.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4696/projeto_de_lei_38_1953.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/6552/projeto_de_resolucao_09_1953_ok.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/6551/anteprojeto_de_resolucao_10_1953_a.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/7848/projeto_de_resolucao_12_1953_ok.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4664/ante_projeto_de_lei_25_1953.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4665/ante_projeto_de_lei_26_1953.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4671/ante_projeto_de_lei_33_1953.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/11085/anteprojeto_de_lei_34-1953.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4675/ante_projeto_de_lei_35_1953.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4677/ante_projeto_de_lei_36_1953.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4679/ante_projeto_de_lei_37_1953.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4680/ante_projeto_de_lei_38_1953.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4625/projeto_de_lei_19_1953.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4629/projeto_de_lei_20_1953.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4661/projeto_de_lei_21_1953.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4662/projeto_de_lei_22_1953.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4663/projeto_de_lei_23_1953.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/10823/anteprojeto_de_lei_24-09-1953.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4666/projeto_de_lei_n_26_1953.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4667/projeto_de_lei_27_1953.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4668/projeto_de_lei_30_1953.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4669/projeto_de_lei_31_1953.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4670/projeto_de_lei_32_1953.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/8874/anteprojeto_de_lei_n_33_1953.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4672/projeto_de_lei_34_1953.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4673/projeto_de_lei_35_1953.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4676/projeto_de_lei_36_1953.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4678/projeto_de_lei_37_1953.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/4696/projeto_de_lei_38_1953.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/6552/projeto_de_resolucao_09_1953_ok.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/6551/anteprojeto_de_resolucao_10_1953_a.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1953/7848/projeto_de_resolucao_12_1953_ok.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="124.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>