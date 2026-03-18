--- v0 (2026-01-13)
+++ v1 (2026-03-18)
@@ -54,333 +54,333 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11056</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>José Ângelo Leonardi</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11056/anteprojeto_de_lei_01-1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11056/anteprojeto_de_lei_01-1956.pdf</t>
   </si>
   <si>
     <t>Concede pensão a viúva.</t>
   </si>
   <si>
     <t>11064</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Fenelon W. Moreira</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11064/anteprojeto_de_lei_02-1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11064/anteprojeto_de_lei_02-1956.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir terreno e abre Crédito Especial.</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4725/ante_projeto_de_lei_03_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4725/ante_projeto_de_lei_03_1956.pdf</t>
   </si>
   <si>
     <t>Cria uma Feira Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>11053</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Pedro Passos Leoni</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11053/anteprojeto_de_lei_04-1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11053/anteprojeto_de_lei_04-1956.pdf</t>
   </si>
   <si>
     <t>Concede subvenção anual à cantina do Grupo escolar Manoel Pedro.</t>
   </si>
   <si>
     <t>11066</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ladislau Aubrift</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11066/anteprojeto_de_lei_05-1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11066/anteprojeto_de_lei_05-1956.pdf</t>
   </si>
   <si>
     <t>Dispensa multa de mora e dá outras providências.</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Antonio Santos Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4743/anteprojeto_de_lei_n_06_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4743/anteprojeto_de_lei_n_06_1956.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criação de verba especial, para fim determinado, e dá outras providências.</t>
   </si>
   <si>
     <t>10825</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Heitor Schultz Ribas</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/10825/anteprojeto_de_lei_07-1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/10825/anteprojeto_de_lei_07-1956.pdf</t>
   </si>
   <si>
     <t>Transfere placa comemorativa, criando novo monumento.</t>
   </si>
   <si>
     <t>11065</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11065/anteprojeto_de_lei_08-1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11065/anteprojeto_de_lei_08-1956.pdf</t>
   </si>
   <si>
     <t>Cria Praça Pública.</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4731/anteprojeto_de_lei_n_09_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4731/anteprojeto_de_lei_n_09_1956.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o imposto de Industria e profissão.</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Sebastião Pires Furiatti</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4735/ante_projeto_de_lei_10_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4735/ante_projeto_de_lei_10_1956.pdf</t>
   </si>
   <si>
     <t>Concede pensão mensal a ex servidor da municipalidade.</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4723/projeto_de_lei_n_01_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4723/projeto_de_lei_n_01_1956.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 108 de 28 de Janeiro de 1952.</t>
   </si>
   <si>
     <t>11057</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11057/projeto_de_lei_02-1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11057/projeto_de_lei_02-1956.pdf</t>
   </si>
   <si>
     <t>Altera o Artº 59 da Lei Municipal nº 25, acrescendo de um parágrafo.</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4724/projeto_de_lei_03_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4724/projeto_de_lei_03_1956.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura a contrair um empréstimo até a importância de Cr$ 250.000,00.</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4733/projeto_de_lei_04_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4733/projeto_de_lei_04_1956.pdf</t>
   </si>
   <si>
     <t>Institui a Taxa de Cançamento e dá outras providências.</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4726/projeto_de_lei_n_05_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4726/projeto_de_lei_n_05_1956.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desapropriação de imóveis e dá outras providencias.</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4727/projeto_de_lei_n_07_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4727/projeto_de_lei_n_07_1956.pdf</t>
   </si>
   <si>
     <t>Reestrutura a Tabela de Vencimentos dos Servidores Municipais.</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4728/projeto_de_lei_n_08_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4728/projeto_de_lei_n_08_1956.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contrair um empréstimo no Banco do Paraná S/A ou outro estabelecimento de crédito.</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4734/projeto_de_lei_n_09_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4734/projeto_de_lei_n_09_1956.pdf</t>
   </si>
   <si>
     <t>Eleva vencimentos de funcionários aposentados.</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4736/projeto_de_lei_n_11_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4736/projeto_de_lei_n_11_1956.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial.</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4729/projeto_de_lei_12_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4729/projeto_de_lei_12_1956.pdf</t>
   </si>
   <si>
     <t>Cria o Serviço Telefônico Municipal.</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4730/projeto_de_lei_n_13_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4730/projeto_de_lei_n_13_1956.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aquisição de imóveis e dá outras providências.</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4744/projeto_de_lei_14_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4744/projeto_de_lei_14_1956.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Orçamentária para 1.956.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4745/projeto_de_lei_n_15_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4745/projeto_de_lei_n_15_1956.pdf</t>
   </si>
   <si>
     <t>6615</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/6615/projeto_de_resolucao_01_1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/6615/projeto_de_resolucao_01_1956.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da secretaria da Câmara Municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -687,68 +687,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11056/anteprojeto_de_lei_01-1956.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11064/anteprojeto_de_lei_02-1956.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4725/ante_projeto_de_lei_03_1956.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11053/anteprojeto_de_lei_04-1956.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11066/anteprojeto_de_lei_05-1956.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4743/anteprojeto_de_lei_n_06_1956.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/10825/anteprojeto_de_lei_07-1956.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11065/anteprojeto_de_lei_08-1956.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4731/anteprojeto_de_lei_n_09_1956.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4735/ante_projeto_de_lei_10_1956.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4723/projeto_de_lei_n_01_1956.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11057/projeto_de_lei_02-1956.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4724/projeto_de_lei_03_1956.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4733/projeto_de_lei_04_1956.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4726/projeto_de_lei_n_05_1956.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4727/projeto_de_lei_n_07_1956.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4728/projeto_de_lei_n_08_1956.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4734/projeto_de_lei_n_09_1956.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4736/projeto_de_lei_n_11_1956.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4729/projeto_de_lei_12_1956.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4730/projeto_de_lei_n_13_1956.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4744/projeto_de_lei_14_1956.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4745/projeto_de_lei_n_15_1956.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/6615/projeto_de_resolucao_01_1956.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11056/anteprojeto_de_lei_01-1956.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11064/anteprojeto_de_lei_02-1956.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4725/ante_projeto_de_lei_03_1956.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11053/anteprojeto_de_lei_04-1956.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11066/anteprojeto_de_lei_05-1956.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4743/anteprojeto_de_lei_n_06_1956.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/10825/anteprojeto_de_lei_07-1956.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11065/anteprojeto_de_lei_08-1956.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4731/anteprojeto_de_lei_n_09_1956.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4735/ante_projeto_de_lei_10_1956.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4723/projeto_de_lei_n_01_1956.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/11057/projeto_de_lei_02-1956.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4724/projeto_de_lei_03_1956.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4733/projeto_de_lei_04_1956.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4726/projeto_de_lei_n_05_1956.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4727/projeto_de_lei_n_07_1956.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4728/projeto_de_lei_n_08_1956.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4734/projeto_de_lei_n_09_1956.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4736/projeto_de_lei_n_11_1956.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4729/projeto_de_lei_12_1956.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4730/projeto_de_lei_n_13_1956.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4744/projeto_de_lei_14_1956.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/4745/projeto_de_lei_n_15_1956.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1956/6615/projeto_de_resolucao_01_1956.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="102.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>