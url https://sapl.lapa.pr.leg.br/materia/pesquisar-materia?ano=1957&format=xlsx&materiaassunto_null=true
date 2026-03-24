--- v0 (2026-01-09)
+++ v1 (2026-03-24)
@@ -54,192 +54,192 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Ladislau Aubrift</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4746/ante_projeto_de_lei_01_1957.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4746/ante_projeto_de_lei_01_1957.pdf</t>
   </si>
   <si>
     <t>Altera a Tabela a que se refere o artigo 43 do Código de Posturas.</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Vários Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4770/ante_projeto_de_lei_04_1957.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4770/ante_projeto_de_lei_04_1957.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de cidadania Lapeana. (Exmª. Srª. Embaixatriz Amélia Porciuncula Alves D’Araújo).</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Fenelon W. Moreira, Heitor Schultz Ribas</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4752/ante_projeto_de_lei_03_1957.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4752/ante_projeto_de_lei_03_1957.pdf</t>
   </si>
   <si>
     <t>Concede Pensão Mensal.</t>
   </si>
   <si>
     <t>11055</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/11055/anteprojeto_de_05-1957.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/11055/anteprojeto_de_05-1957.pdf</t>
   </si>
   <si>
     <t>Fica ao Poder Executivo autorizado a abrir concorrência pública e firmar contrato com órgão de imprensa local.</t>
   </si>
   <si>
     <t>11247</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/</t>
+    <t>http://sapl.lapa.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir concorrência pública para firmar contrato com órgão de imprensa local.</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4751/projeto_de_lei_02_1957.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4751/projeto_de_lei_02_1957.pdf</t>
   </si>
   <si>
     <t>Altera a Tabela a que se refere o artigo 43 das Posturas Municipais.</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4772/projeto_de_lei_03_1957.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4772/projeto_de_lei_03_1957.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 5º da Lei Municipal n. 16 e toma outras providências.</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4773/projeto_de_lei_04_1957.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4773/projeto_de_lei_04_1957.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de uma carroceria basculante.</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4771/projeto_de_lei_05_1957.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4771/projeto_de_lei_05_1957.pdf</t>
   </si>
   <si>
     <t>Dá denominação a rua desta cidade.</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4774/projeto_de_lei_06_1957.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4774/projeto_de_lei_06_1957.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 182.</t>
   </si>
   <si>
     <t>6556</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>José C. Monteiro</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/6556/projeto_de_resolucao_01_1957_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/6556/projeto_de_resolucao_01_1957_ok.pdf</t>
   </si>
   <si>
     <t>Aumenta a gratificação da Servente da Câmara Municipal.</t>
   </si>
   <si>
     <t>6555</t>
   </si>
   <si>
     <t>Fenelon W. Moreira</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/6555/projeto_de_resolucao_02_1957.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/6555/projeto_de_resolucao_02_1957.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Secretaria da Câmara Municipal, que regula as gratificações do Oficial de Secretaria.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -546,68 +546,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4746/ante_projeto_de_lei_01_1957.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4770/ante_projeto_de_lei_04_1957.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4752/ante_projeto_de_lei_03_1957.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/11055/anteprojeto_de_05-1957.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4751/projeto_de_lei_02_1957.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4772/projeto_de_lei_03_1957.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4773/projeto_de_lei_04_1957.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4771/projeto_de_lei_05_1957.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4774/projeto_de_lei_06_1957.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/6556/projeto_de_resolucao_01_1957_ok.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/6555/projeto_de_resolucao_02_1957.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4746/ante_projeto_de_lei_01_1957.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4770/ante_projeto_de_lei_04_1957.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4752/ante_projeto_de_lei_03_1957.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/11055/anteprojeto_de_05-1957.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4751/projeto_de_lei_02_1957.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4772/projeto_de_lei_03_1957.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4773/projeto_de_lei_04_1957.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4771/projeto_de_lei_05_1957.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4774/projeto_de_lei_06_1957.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/6556/projeto_de_resolucao_01_1957_ok.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/6555/projeto_de_resolucao_02_1957.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="101.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>