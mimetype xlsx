--- v0 (2026-01-13)
+++ v1 (2026-03-27)
@@ -54,177 +54,177 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Antonio Santos Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4775/anteprojeto_de_lei_02_1958.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4775/anteprojeto_de_lei_02_1958.pdf</t>
   </si>
   <si>
     <t>Revoga o artigo 141 das Posturas Municipais.</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4783/projeto_de_lei_01_1958.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4783/projeto_de_lei_01_1958.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadão Honorário. (Boleslau Tyrka)</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4784/projeto_de_lei_05_1957.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4784/projeto_de_lei_05_1957.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de terras.</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4776/projeto_de_lei_ordinaria_n_02_1958.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4776/projeto_de_lei_ordinaria_n_02_1958.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre venda e aquisição de motoniveladoras.</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4819/projetos_de_lei_03_e_04_1958.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4819/projetos_de_lei_03_e_04_1958.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal nº 198.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4781/projeto_de_lei_03_1958.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4781/projeto_de_lei_03_1958.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir uma moto niveladora.</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4818/projeto_de_lei_05_1958.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4818/projeto_de_lei_05_1958.pdf</t>
   </si>
   <si>
     <t>Revoga Leis Municipais.</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4782/projeto_de_lei_n_04_1958.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4782/projeto_de_lei_n_04_1958.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial.</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4820/projeto_de_lei_06_1958.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4820/projeto_de_lei_06_1958.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Suplementar para atender despesas com aposentadoria de funcionário publico.</t>
   </si>
   <si>
     <t>6566</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/6566/projeto_de_resolucao_03_1958_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/6566/projeto_de_resolucao_03_1958_ok.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno.</t>
   </si>
   <si>
     <t>7871</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/</t>
+    <t>http://sapl.lapa.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Altera o Regimento Interno no que diz respeito ao licenciamento dos sr. Vereadores.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -531,67 +531,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4775/anteprojeto_de_lei_02_1958.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4783/projeto_de_lei_01_1958.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4784/projeto_de_lei_05_1957.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4776/projeto_de_lei_ordinaria_n_02_1958.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4819/projetos_de_lei_03_e_04_1958.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4781/projeto_de_lei_03_1958.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4818/projeto_de_lei_05_1958.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4782/projeto_de_lei_n_04_1958.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4820/projeto_de_lei_06_1958.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/6566/projeto_de_resolucao_03_1958_ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4775/anteprojeto_de_lei_02_1958.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4783/projeto_de_lei_01_1958.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1957/4784/projeto_de_lei_05_1957.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4776/projeto_de_lei_ordinaria_n_02_1958.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4819/projetos_de_lei_03_e_04_1958.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4781/projeto_de_lei_03_1958.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4818/projeto_de_lei_05_1958.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4782/projeto_de_lei_n_04_1958.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/4820/projeto_de_lei_06_1958.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1958/6566/projeto_de_resolucao_03_1958_ok.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="82.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>