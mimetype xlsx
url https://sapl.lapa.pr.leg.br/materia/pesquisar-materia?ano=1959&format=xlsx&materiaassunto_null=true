--- v0 (2026-01-13)
+++ v1 (2026-03-15)
@@ -54,345 +54,345 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Pedro Passos Leoni</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4840/ante_projeto_de_lei_01_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4840/ante_projeto_de_lei_01_1959.pdf</t>
   </si>
   <si>
     <t>Funda o Jornal Oficial da Lapa.</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Vários Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4817/ante_projeto_de_lei_02_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4817/ante_projeto_de_lei_02_1959.pdf</t>
   </si>
   <si>
     <t>Ficam Inalienáveis todos os bens imóveis do Patrimônio Municipal, até a apresentação das novas posturas Municipais.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4841/ante_projeto_de_lei_03_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4841/ante_projeto_de_lei_03_1959.pdf</t>
   </si>
   <si>
     <t>Concede pensão a viúva do operário João Antonio Claro da Municipalidade.</t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Sebastião Pires Furiatti</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4853/ante_projeto_de_lei_04_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4853/ante_projeto_de_lei_04_1959.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura e prolongamento de Ruas.</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4854/ante_projeto_de_lei_05_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4854/ante_projeto_de_lei_05_1959.pdf</t>
   </si>
   <si>
     <t>Concede Dispensa de Multas.</t>
   </si>
   <si>
     <t>4856</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>José Ângelo Leonardi, Sebastião Pires Furiatti</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4856/ante_projeto_de_lei_06_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4856/ante_projeto_de_lei_06_1959.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 146 e 30 de outubro de 1.953.</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4798/anteproejto_de_lei_7-59.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4798/anteproejto_de_lei_7-59.pdf</t>
   </si>
   <si>
     <t>Da designação a uma das ruas desta cidade.</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4799/anteprojeto_8-59.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4799/anteprojeto_8-59.pdf</t>
   </si>
   <si>
     <t>Decreta Feriado Municipal.</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Francisco Brito de Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4800/anteprojeto_9-59.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4800/anteprojeto_9-59.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a escolher, mediante concorrência pública, um dos órgãos de Imprensa local para a Publicação dos atos oficiais da Câmara e Prefeitura.</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4806/anteprojeto_11-59.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4806/anteprojeto_11-59.pdf</t>
   </si>
   <si>
     <t>Dá denominação a uma das ruas da cidade.</t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4803/anteproejto_12-59.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4803/anteproejto_12-59.pdf</t>
   </si>
   <si>
     <t>Estabelece a taxa de limpeza pública e particular regulando a sua cobrança.</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4805/anteproejto_13-59.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4805/anteproejto_13-59.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 108 do Código das Posturas Municipais.</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>José Ribas</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4808/anteproejto_14-59.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4808/anteproejto_14-59.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 203.</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4809/anteproejto_15-59.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4809/anteproejto_15-59.pdf</t>
   </si>
   <si>
     <t>Autoriza a declarar de utilidade pública para fins de desapropriação, os terrenos que pertenciam ao matadouro Municipal.</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4810/anteproejto_16-59.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4810/anteproejto_16-59.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o imposto de registro de veículos.</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4821/projeto_de_lei_01_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4821/projeto_de_lei_01_1959.pdf</t>
   </si>
   <si>
     <t>Altera a Tabela no que se refere o Artigo 43 das Posturas Municipais.</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4822/projeto_de_lei_02_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4822/projeto_de_lei_02_1959.pdf</t>
   </si>
   <si>
     <t>Concede a titulo de precário, a adicional de 20% sobre Industrias e Profissões, Predial, cercas, calçamentos e Taxa d'agua.</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4838/projeto_de_lei_03_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4838/projeto_de_lei_03_1959.pdf</t>
   </si>
   <si>
     <t>Recolhe em sua Receita Extraordinária, Código Federal, 6-23-0, a importância de Cr$ 2.000.000,00 (Dois Milhões de Cruzeiros) concedidos a Prefeitura Municipal da Lapa, pelo Governo de Estado, de acordo com a Lei nº 3459/57.</t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4839/projeto_de_lei_n_04_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4839/projeto_de_lei_n_04_1959.pdf</t>
   </si>
   <si>
     <t>Reestrutura a Tabela de Vencimentos dos Servidores Municipais.</t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4842/projeto_de_lei_05_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4842/projeto_de_lei_05_1959.pdf</t>
   </si>
   <si>
     <t>Concede Pensão à viúva do Ex-Servidor da Municipalidade Sr. Manoel Montenegro Moreira.</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4801/anteproejto_6-59.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4801/anteproejto_6-59.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber a quota de que trata o §2º do Artigo 15 da Constituição Federal, no montante de Cr$ 390.649,40.</t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4843/projeto_de_lei_09_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4843/projeto_de_lei_09_1959.pdf</t>
   </si>
   <si>
     <t>Cria o Serviço Telefônico Municipal.</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4802/anteproejto_10-59.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4802/anteproejto_10-59.pdf</t>
   </si>
   <si>
     <t>Altera a Tabela de melhoramentos públicos e cria um departamento de Obras e Melhoramentos Públicos.</t>
   </si>
   <si>
     <t>6549</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>ME - Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/6549/projeto_de_resolucao_01_1959_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/6549/projeto_de_resolucao_01_1959_ok.pdf</t>
   </si>
   <si>
     <t>Altera o regime interno.</t>
   </si>
   <si>
     <t>6548</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/6548/projetos_de_resolucao_02_1959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/6548/projetos_de_resolucao_02_1959.pdf</t>
   </si>
   <si>
     <t>Altera o regimento interno.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -699,67 +699,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4840/ante_projeto_de_lei_01_1959.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4817/ante_projeto_de_lei_02_1959.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4841/ante_projeto_de_lei_03_1959.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4853/ante_projeto_de_lei_04_1959.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4854/ante_projeto_de_lei_05_1959.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4856/ante_projeto_de_lei_06_1959.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4798/anteproejto_de_lei_7-59.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4799/anteprojeto_8-59.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4800/anteprojeto_9-59.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4806/anteprojeto_11-59.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4803/anteproejto_12-59.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4805/anteproejto_13-59.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4808/anteproejto_14-59.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4809/anteproejto_15-59.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4810/anteproejto_16-59.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4821/projeto_de_lei_01_1959.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4822/projeto_de_lei_02_1959.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4838/projeto_de_lei_03_1959.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4839/projeto_de_lei_n_04_1959.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4842/projeto_de_lei_05_1959.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4801/anteproejto_6-59.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4843/projeto_de_lei_09_1959.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4802/anteproejto_10-59.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/6549/projeto_de_resolucao_01_1959_ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/6548/projetos_de_resolucao_02_1959.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4840/ante_projeto_de_lei_01_1959.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4817/ante_projeto_de_lei_02_1959.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4841/ante_projeto_de_lei_03_1959.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4853/ante_projeto_de_lei_04_1959.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4854/ante_projeto_de_lei_05_1959.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4856/ante_projeto_de_lei_06_1959.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4798/anteproejto_de_lei_7-59.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4799/anteprojeto_8-59.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4800/anteprojeto_9-59.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4806/anteprojeto_11-59.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4803/anteproejto_12-59.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4805/anteproejto_13-59.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4808/anteproejto_14-59.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4809/anteproejto_15-59.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4810/anteproejto_16-59.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4821/projeto_de_lei_01_1959.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4822/projeto_de_lei_02_1959.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4838/projeto_de_lei_03_1959.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4839/projeto_de_lei_n_04_1959.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4842/projeto_de_lei_05_1959.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4801/anteproejto_6-59.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4843/projeto_de_lei_09_1959.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/4802/anteproejto_10-59.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/6549/projeto_de_resolucao_01_1959_ok.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1959/6548/projetos_de_resolucao_02_1959.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="198.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>