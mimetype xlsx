--- v0 (2026-01-13)
+++ v1 (2026-03-16)
@@ -54,474 +54,474 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Francisco Brito de Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4866/projeto_1-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4866/projeto_1-60.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a emitir apólices municipais, até a quantia de Cr$ 700.000,00 (Setenta Mil Cruzeiros) destinados ao financiamento do Serviço de Construção de um reforço de água.</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>David Wiedmer Neto</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4868/ante_projeto_2-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4868/ante_projeto_2-60.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o nome das vias públicas.</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>João Venancio Dias</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4867/ante_projeto_3-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4867/ante_projeto_3-60.pdf</t>
   </si>
   <si>
     <t>Dá denominação a uma das Ruas da Cidade "Senador Souza Naves" é o nome a ser dado.</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4869/ante_projeto_4-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4869/ante_projeto_4-60.pdf</t>
   </si>
   <si>
     <t>Dá o nome de "Marcelino Nogueira" a uma das Ruas da Cidade.</t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4870/ante_projeto_5-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4870/ante_projeto_5-60.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 98 das Posturas Municipais, dando nova redação.</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4873/projeto_8-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4873/projeto_8-60.pdf</t>
   </si>
   <si>
     <t>Dá denominação a uma das ruas da cidade.</t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Florêncio Therézio</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4874/projeto_9-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4874/projeto_9-60.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial para atender despesas efetuadas pela justiça eleitoral.</t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4875/projeto_10-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4875/projeto_10-60.pdf</t>
   </si>
   <si>
     <t>Concede o Titulo Honorário de Cidadão Lapeano ao Monsenhor Henrique Osvaldo Falarz.</t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4879/ante_projeto_13-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4879/ante_projeto_13-60.pdf</t>
   </si>
   <si>
     <t>Suspende, até Regulamentação definitiva do assunto a concessão de logradouros públicos para a instalação de quiosques e barraquinhas.</t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Sebastião Pires Furiatti</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4881/projeto_16-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4881/projeto_16-60.pdf</t>
   </si>
   <si>
     <t>Prevê a doação do edifício do antigo Teatro São João á Paróquia da Lapa.</t>
   </si>
   <si>
     <t>4979</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4979/projeto_28-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4979/projeto_28-60.pdf</t>
   </si>
   <si>
     <t>Proíbe a construção de Casas de Madeira ou mistas na primeira Zona Urbana.</t>
   </si>
   <si>
     <t>4981</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>José Ângelo Leonardi</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4981/projeto_1-61.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4981/projeto_1-61.pdf</t>
   </si>
   <si>
     <t>Concede dispensa de multas.</t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4876/projeto_11-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4876/projeto_11-60.pdf</t>
   </si>
   <si>
     <t>Autoriza a venda mediante concorrência pública de uma área de terras situado no lugar determinado UVARANEIAS.</t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4878/projeto_13-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4878/projeto_13-60.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial, para pagamento de vencimentos em atraso do funcionário Fenelon W. Moreira.</t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4871/projeto_6-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4871/projeto_6-60.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial.</t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4872/projeto_7-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4872/projeto_7-60.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Suplementar.</t>
   </si>
   <si>
     <t>4880</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4880/projeto_15-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4880/projeto_15-60.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Suplementar, distribuído em várias dotações.</t>
   </si>
   <si>
     <t>4883</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4883/projeto_18-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4883/projeto_18-60.pdf</t>
   </si>
   <si>
     <t>Institui a Taxa de Assistência Social.</t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4977/projeto_22-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4977/projeto_22-60.pdf</t>
   </si>
   <si>
     <t>Altera a Lei que institui a Taxa de Calçamentos.</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4959/projeto_de_lei_11_1960.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4959/projeto_de_lei_11_1960.pdf</t>
   </si>
   <si>
     <t>Incorpora a Taxa de Melhorias, a Taxa de Água e Esgotos.</t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4877/projeto_12-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4877/projeto_12-60.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Municipal da Lapa a adquirir mediante concorrência pública, uma área de Terreno, nas proximidades da cidade, para ser doado a Escola Agrícola Nossa Senhora da Salete.</t>
   </si>
   <si>
     <t>4978</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4978/13_1960.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4978/13_1960.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a Tabela a que se refere o artigo 43 do Código de Posturas Municipais.</t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4972/projeto_de_lei_14_1960.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4972/projeto_de_lei_14_1960.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a contrair um empréstimo no Banco Industria e Comercio de Santa Catarina S. A. , ou outro estabelecimento de crédito.</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4982/projeto_27-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4982/projeto_27-60.pdf</t>
   </si>
   <si>
     <t>Estabelece limites das Zonas Urbanas.</t>
   </si>
   <si>
     <t>4983</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4983/projeto_24-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4983/projeto_24-60.pdf</t>
   </si>
   <si>
     <t>Autoriza contabilizar desconto de verba a receber. Autoriza a aquisição de veículos motorizados.</t>
   </si>
   <si>
     <t>4984</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4984/projeto_25-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4984/projeto_25-60.pdf</t>
   </si>
   <si>
     <t>Autoriza a venda de veículos motorizados.</t>
   </si>
   <si>
     <t>4985</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4985/projeto_29-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4985/projeto_29-60.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desapropriação de imóveis e dá outras providências.</t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4986/projeto_30-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4986/projeto_30-60.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno.</t>
   </si>
   <si>
     <t>4987</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4987/projeto_31-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4987/projeto_31-60.pdf</t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4988/projeto_32-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4988/projeto_32-60.pdf</t>
   </si>
   <si>
     <t>Concede aumento de vencimentos aos funcionários da Municipalidade.</t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4996/projeto_12-61.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4996/projeto_12-61.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Imposto Territorial Urbano.</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4990/projeto_17-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4990/projeto_17-60.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o imposto de Licença para edificações em geral.</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4991/projeto_26-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4991/projeto_26-60.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Taxa de Limpeza.</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4989/projeto_21-60.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4989/projeto_21-60.pdf</t>
   </si>
   <si>
     <t>Altera a Tabela de Lançamentos.</t>
   </si>
   <si>
     <t>6122</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/6122/projetos_de_resolucao_01_1960.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/6122/projetos_de_resolucao_01_1960.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno.</t>
   </si>
   <si>
     <t>6512</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/6512/projeto_de_resolucao_02_1960_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/6512/projeto_de_resolucao_02_1960_ok.pdf</t>
   </si>
   <si>
     <t>Aumenta as gratificações a Oficial de Secretaria e Serventes da Câmara Municipal.</t>
   </si>
   <si>
     <t>6511</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/6511/projeto_de_resolucao_04_1960_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/6511/projeto_de_resolucao_04_1960_ok.pdf</t>
   </si>
   <si>
     <t>&lt;vlibraswidget&gt;Cria a carteira de identificação de vereador.&lt;/vlibraswidget&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -828,67 +828,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4866/projeto_1-60.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4868/ante_projeto_2-60.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4867/ante_projeto_3-60.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4869/ante_projeto_4-60.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4870/ante_projeto_5-60.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4873/projeto_8-60.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4874/projeto_9-60.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4875/projeto_10-60.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4879/ante_projeto_13-60.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4881/projeto_16-60.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4979/projeto_28-60.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4981/projeto_1-61.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4876/projeto_11-60.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4878/projeto_13-60.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4871/projeto_6-60.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4872/projeto_7-60.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4880/projeto_15-60.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4883/projeto_18-60.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4977/projeto_22-60.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4959/projeto_de_lei_11_1960.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4877/projeto_12-60.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4978/13_1960.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4972/projeto_de_lei_14_1960.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4982/projeto_27-60.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4983/projeto_24-60.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4984/projeto_25-60.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4985/projeto_29-60.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4986/projeto_30-60.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4987/projeto_31-60.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4988/projeto_32-60.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4996/projeto_12-61.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4990/projeto_17-60.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4991/projeto_26-60.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4989/projeto_21-60.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/6122/projetos_de_resolucao_01_1960.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/6512/projeto_de_resolucao_02_1960_ok.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/6511/projeto_de_resolucao_04_1960_ok.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4866/projeto_1-60.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4868/ante_projeto_2-60.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4867/ante_projeto_3-60.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4869/ante_projeto_4-60.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4870/ante_projeto_5-60.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4873/projeto_8-60.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4874/projeto_9-60.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4875/projeto_10-60.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4879/ante_projeto_13-60.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4881/projeto_16-60.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4979/projeto_28-60.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4981/projeto_1-61.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4876/projeto_11-60.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4878/projeto_13-60.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4871/projeto_6-60.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4872/projeto_7-60.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4880/projeto_15-60.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4883/projeto_18-60.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4977/projeto_22-60.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4959/projeto_de_lei_11_1960.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4877/projeto_12-60.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4978/13_1960.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4972/projeto_de_lei_14_1960.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4982/projeto_27-60.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4983/projeto_24-60.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4984/projeto_25-60.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4985/projeto_29-60.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4986/projeto_30-60.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4987/projeto_31-60.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4988/projeto_32-60.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4996/projeto_12-61.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4990/projeto_17-60.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4991/projeto_26-60.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/4989/projeto_21-60.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/6122/projetos_de_resolucao_01_1960.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/6512/projeto_de_resolucao_02_1960_ok.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1960/6511/projeto_de_resolucao_04_1960_ok.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="168.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>