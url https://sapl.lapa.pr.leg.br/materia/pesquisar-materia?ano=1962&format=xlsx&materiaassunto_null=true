--- v0 (2026-01-13)
+++ v1 (2026-03-20)
@@ -54,210 +54,210 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Darcy Borges da Silveira, Florêncio Therézio, Napoleão Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5016/projeto_2-62.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5016/projeto_2-62.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 15 da Lei Municipal 268.</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Napoleão Ferrari</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5017/projeto_6-62.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5017/projeto_6-62.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de um Crédito Especial para atender despesas referentes ao alistamento eleitoral.</t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>José Ângelo Leonardi</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5018/projeto_7-62.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5018/projeto_7-62.pdf</t>
   </si>
   <si>
     <t>Concede dispensa de multa, aos contribuintes que pagarem seus impostos no prazo de 60 dias.</t>
   </si>
   <si>
     <t>11121</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Vários Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/11121/anteprojeto_de_lei_07-1962.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/11121/anteprojeto_de_lei_07-1962.pdf</t>
   </si>
   <si>
     <t>Aprova o pagamento de abono de fim de ano a todos os funcionários e trabalhadores do municipio.</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>David Wiedmer Neto</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5019/projeto_10-62.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5019/projeto_10-62.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre desapropriação de uma faixa de terra no lugar denominado Lagoa Gorda.</t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5027/projeto_1-62.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5027/projeto_1-62.pdf</t>
   </si>
   <si>
     <t>Concede pensão mensal a viúva do operário Sebastião Gonçalvez Carneiro.</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5026/projeto_3-62.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5026/projeto_3-62.pdf</t>
   </si>
   <si>
     <t>Altera os vencimentos dos funcionários municipais.</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5028/projeto_5-62.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5028/projeto_5-62.pdf</t>
   </si>
   <si>
     <t>Autoriza o aumento de gratificações aos funcionários extranumerários (tratoristas e motoristas), e também pensões a viúvas e dependentes dos ex-funcionários ou operários da municipalidade.</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5029/04_1962.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5029/04_1962.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a contrair empréstimo com o Banco do Estado do Paraná, para compra de uma Motoniveladora.</t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5031/projeto_8-62.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5031/projeto_8-62.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Especial no valor de Cr$ 1.500.000,00 destinado a melhoramentos no Cemitério Público Municipal.</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5032/projeto_9-62.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5032/projeto_9-62.pdf</t>
   </si>
   <si>
     <t>Abre um Crédito Suplementar no valor de Cr$ 3.905.687,10 distribuído em diversas dotações.</t>
   </si>
   <si>
     <t>6532</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Ladislau Aubrift</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/6532/projeto_de_resolucao_01_1962.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/6532/projeto_de_resolucao_01_1962.pdf</t>
   </si>
   <si>
     <t>Aumenta as gratificações á Oficial da Secretaria e servente da Câmara.</t>
   </si>
   <si>
     <t>6583</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/6583/projeto_de_resolucao_02_1962.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/6583/projeto_de_resolucao_02_1962.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos de Ordem regimental referente as eleições das comissões permanentes.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -564,68 +564,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5016/projeto_2-62.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5017/projeto_6-62.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5018/projeto_7-62.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/11121/anteprojeto_de_lei_07-1962.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5019/projeto_10-62.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5027/projeto_1-62.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5026/projeto_3-62.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5028/projeto_5-62.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5029/04_1962.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5031/projeto_8-62.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5032/projeto_9-62.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/6532/projeto_de_resolucao_01_1962.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/6583/projeto_de_resolucao_02_1962.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5016/projeto_2-62.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5017/projeto_6-62.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5018/projeto_7-62.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/11121/anteprojeto_de_lei_07-1962.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5019/projeto_10-62.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5027/projeto_1-62.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5026/projeto_3-62.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5028/projeto_5-62.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5029/04_1962.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5031/projeto_8-62.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/5032/projeto_9-62.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/6532/projeto_de_resolucao_01_1962.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1962/6583/projeto_de_resolucao_02_1962.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="171.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>