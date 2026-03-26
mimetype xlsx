--- v0 (2026-01-13)
+++ v1 (2026-03-26)
@@ -54,354 +54,354 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8203</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Vários Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8203/projeto_2-75_legislativo.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8203/projeto_2-75_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede aumento de vencimentos aos funcionários da Câmara Municipal da Lapa.</t>
   </si>
   <si>
     <t>8392</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Nelson F. A. Calderari</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8392/projeto_de_lei_n_02_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8392/projeto_de_lei_n_02_2022.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Honorário ao Sr. Januário e Pascoalina Scandelari.</t>
   </si>
   <si>
     <t>6018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>ME - Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6018/projeto_de_decreto_001_1975.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6018/projeto_de_decreto_001_1975.pdf</t>
   </si>
   <si>
     <t>Autoriza o Senhor Prefeito Municipal a ausentar-se do País.</t>
   </si>
   <si>
     <t>8200</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8200/projeto_de_lei_1-75_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8200/projeto_de_lei_1-75_ok.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional para pagamentos de F.G.T.S.</t>
   </si>
   <si>
     <t>8201</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8201/projeto_2-75_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8201/projeto_2-75_ok.pdf</t>
   </si>
   <si>
     <t>Altera Redação da parte final do parágrafo único, da Lei nº 33, art.2º.</t>
   </si>
   <si>
     <t>8202</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8202/projeto_de_lei_3-75.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8202/projeto_de_lei_3-75.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional de C$4.000,00 para pagamento de F.G.T.S.</t>
   </si>
   <si>
     <t>8204</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8204/projeto_de_lei_4-75_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8204/projeto_de_lei_4-75_ok.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial para pagamento de serviços extraordinários.</t>
   </si>
   <si>
     <t>8248</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8248/projeto_de_lei_06-75.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8248/projeto_de_lei_06-75.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial para atendimento de despesa que especifica. Subsídios de Vereadores.</t>
   </si>
   <si>
     <t>8249</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8249/projeto_de_lei_07-75.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8249/projeto_de_lei_07-75.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial, para atendimento de despesa que especifica.</t>
   </si>
   <si>
     <t>8250</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8250/08_75.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8250/08_75.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar de C$ 13.000,00.</t>
   </si>
   <si>
     <t>8251</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8251/projeto_de_lei_09-75.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8251/projeto_de_lei_09-75.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com o Estado do Paraná, para execução de reparos em prédios estaduais.</t>
   </si>
   <si>
     <t>8252</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8252/projeto_de_lei_n_10_1975_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8252/projeto_de_lei_n_10_1975_ok.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a despesa do Município da Lapa para o exercício de 1976.</t>
   </si>
   <si>
     <t>8253</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8253/11_75_certo.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8253/11_75_certo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a firmar convênio com o Governo do Estado do Paraná, para reformas no Posto de Saúde Dr.Aloisio Leoni.</t>
   </si>
   <si>
     <t>8254</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8254/projeto_de_lei_12-75.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8254/projeto_de_lei_12-75.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a retornar e doar terreno no Distrito de Mariental.</t>
   </si>
   <si>
     <t>8258</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8258/projeto_de_lei_13-75_original.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8258/projeto_de_lei_13-75_original.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para a abertura de crédito especial, para atendimento de despesa que especifica, para aquisição de um Teodolito.</t>
   </si>
   <si>
     <t>8263</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8263/projeto_de_lei_n_14_1975.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8263/projeto_de_lei_n_14_1975.pdf</t>
   </si>
   <si>
     <t>Institui o Novo Código Tributário do Município de Lapa.</t>
   </si>
   <si>
     <t>8259</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8259/projeto_de_lei_15-75.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8259/projeto_de_lei_15-75.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar de C$44.500,00- distribuídos entre diversas dotações.</t>
   </si>
   <si>
     <t>8260</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8260/projeto_de_lei_16-75_original.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8260/projeto_de_lei_16-75_original.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com a Fundepar para a construção de 6 salas de aula no Colégio General Carneiro.</t>
   </si>
   <si>
     <t>8261</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8261/projeto_de_lei_n_17_1975.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8261/projeto_de_lei_n_17_1975.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional de R$ 78.000,00 - para aquisição do prédio do Teatro São João.</t>
   </si>
   <si>
     <t>8262</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8262/projeto_de_lei_n_18_1975.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8262/projeto_de_lei_n_18_1975.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Adicional de Cr$ 1.300,00.</t>
   </si>
   <si>
     <t>6390</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6390/projeto_de_resolucao_01_1975.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6390/projeto_de_resolucao_01_1975.pdf</t>
   </si>
   <si>
     <t>Institui concurso literário artístico estudantil, como comemoração ao aniversário da cidade, em 13/06/75.</t>
   </si>
   <si>
     <t>6624</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6624/projeto_de_resolucao_02_1975_b.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6624/projeto_de_resolucao_02_1975_b.pdf</t>
   </si>
   <si>
     <t>Concede titulo de Cidadão Benemérito da Lapa, ao Dr Osiris Stenghel Guimarães.</t>
   </si>
   <si>
     <t>6356</t>
   </si>
   <si>
     <t>Cacilda Kuss Marins</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6356/projeto_de_resolucao_03_1975.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6356/projeto_de_resolucao_03_1975.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remuneração dos Vereadores.</t>
   </si>
   <si>
     <t>6355</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6355/projeto_de_resolucao_04_1975.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6355/projeto_de_resolucao_04_1975.pdf</t>
   </si>
   <si>
     <t>Aprova TERMO DE CONVÊNIO que entre si celebram o MINISTÉRIO DE EDUCAÇÃO E CULTURA através do DEPARTAMENTO DE ASSUNTOS CULTURAIS e a PREFEITURA MUNICIPAL DA LAPA para aplicação de recursos dentro do PROGRAMA DE AÇÃO CULTURAL - PAC -</t>
   </si>
   <si>
     <t>6271</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6271/projeto_de_resolucao_05_1975.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6271/projeto_de_resolucao_05_1975.pdf</t>
   </si>
   <si>
     <t>6357</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6357/projeto_de_resolucao_02_1975_a.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6357/projeto_de_resolucao_02_1975_a.pdf</t>
   </si>
   <si>
     <t>Resolve instituir a FEIRA EXPERIMENTAL DO ARTESANATO LAPEANO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -708,67 +708,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8203/projeto_2-75_legislativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8392/projeto_de_lei_n_02_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6018/projeto_de_decreto_001_1975.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8200/projeto_de_lei_1-75_ok.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8201/projeto_2-75_ok.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8202/projeto_de_lei_3-75.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8204/projeto_de_lei_4-75_ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8248/projeto_de_lei_06-75.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8249/projeto_de_lei_07-75.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8250/08_75.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8251/projeto_de_lei_09-75.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8252/projeto_de_lei_n_10_1975_ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8253/11_75_certo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8254/projeto_de_lei_12-75.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8258/projeto_de_lei_13-75_original.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8263/projeto_de_lei_n_14_1975.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8259/projeto_de_lei_15-75.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8260/projeto_de_lei_16-75_original.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8261/projeto_de_lei_n_17_1975.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8262/projeto_de_lei_n_18_1975.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6390/projeto_de_resolucao_01_1975.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6624/projeto_de_resolucao_02_1975_b.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6356/projeto_de_resolucao_03_1975.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6355/projeto_de_resolucao_04_1975.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6271/projeto_de_resolucao_05_1975.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6357/projeto_de_resolucao_02_1975_a.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8203/projeto_2-75_legislativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8392/projeto_de_lei_n_02_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6018/projeto_de_decreto_001_1975.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8200/projeto_de_lei_1-75_ok.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8201/projeto_2-75_ok.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8202/projeto_de_lei_3-75.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8204/projeto_de_lei_4-75_ok.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8248/projeto_de_lei_06-75.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8249/projeto_de_lei_07-75.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8250/08_75.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8251/projeto_de_lei_09-75.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8252/projeto_de_lei_n_10_1975_ok.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8253/11_75_certo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8254/projeto_de_lei_12-75.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8258/projeto_de_lei_13-75_original.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8263/projeto_de_lei_n_14_1975.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8259/projeto_de_lei_15-75.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8260/projeto_de_lei_16-75_original.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8261/projeto_de_lei_n_17_1975.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/8262/projeto_de_lei_n_18_1975.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6390/projeto_de_resolucao_01_1975.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6624/projeto_de_resolucao_02_1975_b.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6356/projeto_de_resolucao_03_1975.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6355/projeto_de_resolucao_04_1975.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6271/projeto_de_resolucao_05_1975.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1975/6357/projeto_de_resolucao_02_1975_a.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="229.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>