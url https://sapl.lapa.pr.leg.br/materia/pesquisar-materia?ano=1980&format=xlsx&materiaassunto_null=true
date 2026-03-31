--- v0 (2026-01-12)
+++ v1 (2026-03-31)
@@ -54,756 +54,756 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8207</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata Sessão Ordinária</t>
   </si>
   <si>
     <t>Câmara Municipal da Lapa</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8207/ata_1542.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8207/ata_1542.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E QUARENTA E DOIS. (1542)</t>
   </si>
   <si>
     <t>8208</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8208/ata_1543.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8208/ata_1543.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E QUARENTA E TRÊS.(1543)</t>
   </si>
   <si>
     <t>8209</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8209/ata_1544.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8209/ata_1544.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E QUARENTA E QUATRO.(1544)</t>
   </si>
   <si>
     <t>8210</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8210/ata_1545.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8210/ata_1545.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E QUARENTA E CINCO.(1545)</t>
   </si>
   <si>
     <t>8211</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8211/ata_1546.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8211/ata_1546.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E QUARENTA E SEIS.(1546)</t>
   </si>
   <si>
     <t>8212</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8212/ata_1547.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8212/ata_1547.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E QUARENTA E SETE.(1547)</t>
   </si>
   <si>
     <t>8213</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8213/ata_1548.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8213/ata_1548.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E QUARENTA E OITO.(1548)</t>
   </si>
   <si>
     <t>8214</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8214/ata_1549.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8214/ata_1549.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E QUARENTA E NOVE.(1549)</t>
   </si>
   <si>
     <t>8215</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8215/ata_1550.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8215/ata_1550.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E CINQUENTA.(1550)</t>
   </si>
   <si>
     <t>8218</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8218/ata_1551.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8218/ata_1551.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E CINQUENTA E UM.(1551)</t>
   </si>
   <si>
     <t>8219</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8219/ata_1552.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8219/ata_1552.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E CINQUENTA E DOIS.(1552)</t>
   </si>
   <si>
     <t>8220</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8220/ata_1553.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8220/ata_1553.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E CINQUENTA E TRES.(1553)</t>
   </si>
   <si>
     <t>8221</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8221/ata_1554.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8221/ata_1554.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E CINQUENTA E QUATRO.(1554)</t>
   </si>
   <si>
     <t>8223</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8223/ata_1555.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8223/ata_1555.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E CINQUENTA E CINCO.(1555)</t>
   </si>
   <si>
     <t>8224</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8224/ata_1556.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8224/ata_1556.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E CINQUENTA E SEIS.(1556)</t>
   </si>
   <si>
     <t>8227</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8227/ata_1557.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8227/ata_1557.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E CINQUENTA E SETE.(1557)</t>
   </si>
   <si>
     <t>8228</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8228/ata_1558.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8228/ata_1558.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E CINQUENTA E OITO.(1558)</t>
   </si>
   <si>
     <t>8229</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8229/ata_1559.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8229/ata_1559.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E CINQUENTA E NOVE.(1559)</t>
   </si>
   <si>
     <t>8230</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8230/ata_1560.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8230/ata_1560.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SESSENTA.(1560)</t>
   </si>
   <si>
     <t>8231</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8231/ata_1561.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8231/ata_1561.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SESSENTA E UM.(1561)</t>
   </si>
   <si>
     <t>8232</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8232/ata_1562.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8232/ata_1562.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SESSENTA E DOIS.(1562)</t>
   </si>
   <si>
     <t>8233</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8233/ata_1563.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8233/ata_1563.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SESSENTA E TRES.(1563)</t>
   </si>
   <si>
     <t>8234</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8234/ata_1564.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8234/ata_1564.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SESSENTA E QUATRO.(1564)</t>
   </si>
   <si>
     <t>8235</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8235/ata_1565.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8235/ata_1565.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SESSENTA E CINCO.(1565)</t>
   </si>
   <si>
     <t>8236</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8236/ata_1566.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8236/ata_1566.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SESSENTA E SEIS.(1566)</t>
   </si>
   <si>
     <t>8237</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8237/ata_1567.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8237/ata_1567.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SESSENTA E SETE.(1567)</t>
   </si>
   <si>
     <t>8238</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8238/ata_1568.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8238/ata_1568.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SESSENTA E OITO.(1568)</t>
   </si>
   <si>
     <t>8239</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8239/ata_1569.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8239/ata_1569.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SESSENTA E NOVE.(1569)</t>
   </si>
   <si>
     <t>8240</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8240/ata_1570.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8240/ata_1570.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SETENTA.(1570)</t>
   </si>
   <si>
     <t>8241</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8241/ata_1571.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8241/ata_1571.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SETENTA E UM.(1571)</t>
   </si>
   <si>
     <t>8242</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8242/ata_1572.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8242/ata_1572.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SETENTA E DOIS.(1572)</t>
   </si>
   <si>
     <t>8243</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8243/ata_1573.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8243/ata_1573.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SETENTA E TRES.(1573)</t>
   </si>
   <si>
     <t>8244</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8244/ata_1574.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8244/ata_1574.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SETENTA E QUATRO.(1574)</t>
   </si>
   <si>
     <t>8245</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8245/ata_1575.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8245/ata_1575.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SETENTA E CINCO.(1575)</t>
   </si>
   <si>
     <t>8246</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8246/ata_1576.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8246/ata_1576.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO UM MIL QUINHENTOS E SETENTA E SEIS.(1576)</t>
   </si>
   <si>
     <t>8138</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8138/projeto_de_lei_01_1980__legislativo.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8138/projeto_de_lei_01_1980__legislativo.pdf</t>
   </si>
   <si>
     <t>Concede o título de Cidadão Benemérito ao Lapeano Ney Aminthas de Barros Braga.</t>
   </si>
   <si>
     <t>8140</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>João Carlos Ganzert</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8140/projeto_de_lei_02_1980__legislativo.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8140/projeto_de_lei_02_1980__legislativo.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública a Rede Feminino de Combate ao Câncer Regional de Lapa.</t>
   </si>
   <si>
     <t>5902</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>ME - Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/5902/projeto_de_decreto_001_1980.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/5902/projeto_de_decreto_001_1980.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento dos blocos de partidos políticos.</t>
   </si>
   <si>
     <t>6010</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6010/projeto_de_decreto_002_1980.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6010/projeto_de_decreto_002_1980.pdf</t>
   </si>
   <si>
     <t>Referenda o Parecer Prévio do TRIBUNAL DE CONTAS DO ESTADO, exarado à prestação de contas do Municipal, referente ao exercício de 1977.</t>
   </si>
   <si>
     <t>6011</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6011/projeto_de_decreto_003_1980.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6011/projeto_de_decreto_003_1980.pdf</t>
   </si>
   <si>
     <t>Ratifica Parecer Prévio do TRIBUNAL DE CONTAS DO ESTADO, exarado à prestação de contas do Município, referente ao exercício de 1978.</t>
   </si>
   <si>
     <t>6026</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6026/projeto_de_decreto_004_1980.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6026/projeto_de_decreto_004_1980.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios e verbas de representação do Prefeito e Vice-Prefeito Municipal para o biênio 1981-1982.</t>
   </si>
   <si>
     <t>8136</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8136/projeto_de_lei_01_1980.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8136/projeto_de_lei_01_1980.pdf</t>
   </si>
   <si>
     <t>Dispõe a contratação de crédito até o limite de C$2.000.000,00 (dois milhões de cruzeiros) para a aquisição de Motoniveladora.</t>
   </si>
   <si>
     <t>8137</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8137/projeto_de_lei_02_1980.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8137/projeto_de_lei_02_1980.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir equipamento rodoviário e autoriza a abertura de crédito suplementar.</t>
   </si>
   <si>
     <t>8139</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8139/projeto_de_lei_03_1980__executivo_.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8139/projeto_de_lei_03_1980__executivo_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar de C$ 1.530.000,00- usando o excesso de arrecadação.</t>
   </si>
   <si>
     <t>8160</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8160/projeto_de_lei_04_1980__executivo_.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8160/projeto_de_lei_04_1980__executivo_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir e posteriormente alienar área de terras pertencente a Rede Ferroviária Federal S/A.</t>
   </si>
   <si>
     <t>8162</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8162/projeto_de_lei_05_1980__executivo_.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8162/projeto_de_lei_05_1980__executivo_.pdf</t>
   </si>
   <si>
     <t>Organiza a estrutura administrativa da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>8175</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8175/projeto_de_lei_06_1980__executivo_.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8175/projeto_de_lei_06_1980__executivo_.pdf</t>
   </si>
   <si>
     <t>Estabelece normas de zoneamento e uso do solo urbano.</t>
   </si>
   <si>
     <t>8163</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8163/projeto_de_lei_07_1980__executivo_.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8163/projeto_de_lei_07_1980__executivo_.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município para o exercício de 1981.</t>
   </si>
   <si>
     <t>8164</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8164/projeto_de_lei_08_1980__executivo_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8164/projeto_de_lei_08_1980__executivo_ok.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar de C$ 825.000,00.</t>
   </si>
   <si>
     <t>8165</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8165/projeto_de_lei_09_1980__executivo_.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8165/projeto_de_lei_09_1980__executivo_.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores municipais.</t>
   </si>
   <si>
     <t>8166</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8166/projeto_de_lei_10_1980__executivo_.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8166/projeto_de_lei_10_1980__executivo_.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial para eletrificação Rural.</t>
   </si>
   <si>
     <t>8167</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8167/projeto_de_lei_11_1980__executivo_.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8167/projeto_de_lei_11_1980__executivo_.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 569 (Código de Posturas Municipais) de 17 de Dezembro de 1973.</t>
   </si>
   <si>
     <t>8168</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8168/projeto_de_lei_12_1980__executivo_.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8168/projeto_de_lei_12_1980__executivo_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para a abertura de crédito adicional suplementar de C$ 6.725.000,00.</t>
   </si>
   <si>
     <t>8169</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8169/projeto_de_lei_13_1980__executivo_.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8169/projeto_de_lei_13_1980__executivo_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para contratação de financiamento junto a instituição financeira.</t>
   </si>
   <si>
     <t>8170</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8170/projeto_de_lei_14_1980__executivo_.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8170/projeto_de_lei_14_1980__executivo_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de isenção de imóveis recuperados ou que recebam melhoramentos para a preservação do Centro Histórico da Lapa.</t>
   </si>
   <si>
     <t>8173</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8173/projeto_de_lei_n_15_1980.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8173/projeto_de_lei_n_15_1980.pdf</t>
   </si>
   <si>
     <t>Institui novo código de obra para o Município e dá outras providências.</t>
   </si>
   <si>
     <t>8174</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8174/projeto_de_lei_16_1980.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8174/projeto_de_lei_16_1980.pdf</t>
   </si>
   <si>
     <t>Institucionaliza a letra e música de ''Cântico Natal'' como Hino da Lapa, e dá outras providências.</t>
   </si>
   <si>
     <t>6156</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6156/projeto_de_resolucao_01_1980.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6156/projeto_de_resolucao_01_1980.pdf</t>
   </si>
   <si>
     <t>Fixa a remuneração dos Vereadores da Câmara Municipal da Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>6155</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6155/projeto_de_resolucao_02_1980.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6155/projeto_de_resolucao_02_1980.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos servidores da Câmara Municipal da Lapa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1110,67 +1110,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8207/ata_1542.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8208/ata_1543.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8209/ata_1544.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8210/ata_1545.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8211/ata_1546.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8212/ata_1547.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8213/ata_1548.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8214/ata_1549.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8215/ata_1550.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8218/ata_1551.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8219/ata_1552.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8220/ata_1553.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8221/ata_1554.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8223/ata_1555.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8224/ata_1556.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8227/ata_1557.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8228/ata_1558.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8229/ata_1559.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8230/ata_1560.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8231/ata_1561.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8232/ata_1562.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8233/ata_1563.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8234/ata_1564.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8235/ata_1565.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8236/ata_1566.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8237/ata_1567.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8238/ata_1568.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8239/ata_1569.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8240/ata_1570.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8241/ata_1571.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8242/ata_1572.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8243/ata_1573.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8244/ata_1574.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8245/ata_1575.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8246/ata_1576.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8138/projeto_de_lei_01_1980__legislativo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8140/projeto_de_lei_02_1980__legislativo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/5902/projeto_de_decreto_001_1980.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6010/projeto_de_decreto_002_1980.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6011/projeto_de_decreto_003_1980.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6026/projeto_de_decreto_004_1980.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8136/projeto_de_lei_01_1980.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8137/projeto_de_lei_02_1980.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8139/projeto_de_lei_03_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8160/projeto_de_lei_04_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8162/projeto_de_lei_05_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8175/projeto_de_lei_06_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8163/projeto_de_lei_07_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8164/projeto_de_lei_08_1980__executivo_ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8165/projeto_de_lei_09_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8166/projeto_de_lei_10_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8167/projeto_de_lei_11_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8168/projeto_de_lei_12_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8169/projeto_de_lei_13_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8170/projeto_de_lei_14_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8173/projeto_de_lei_n_15_1980.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8174/projeto_de_lei_16_1980.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6156/projeto_de_resolucao_01_1980.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6155/projeto_de_resolucao_02_1980.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8207/ata_1542.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8208/ata_1543.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8209/ata_1544.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8210/ata_1545.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8211/ata_1546.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8212/ata_1547.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8213/ata_1548.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8214/ata_1549.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8215/ata_1550.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8218/ata_1551.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8219/ata_1552.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8220/ata_1553.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8221/ata_1554.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8223/ata_1555.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8224/ata_1556.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8227/ata_1557.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8228/ata_1558.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8229/ata_1559.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8230/ata_1560.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8231/ata_1561.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8232/ata_1562.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8233/ata_1563.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8234/ata_1564.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8235/ata_1565.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8236/ata_1566.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8237/ata_1567.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8238/ata_1568.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8239/ata_1569.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8240/ata_1570.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8241/ata_1571.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8242/ata_1572.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8243/ata_1573.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8244/ata_1574.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8245/ata_1575.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8246/ata_1576.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8138/projeto_de_lei_01_1980__legislativo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8140/projeto_de_lei_02_1980__legislativo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/5902/projeto_de_decreto_001_1980.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6010/projeto_de_decreto_002_1980.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6011/projeto_de_decreto_003_1980.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6026/projeto_de_decreto_004_1980.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8136/projeto_de_lei_01_1980.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8137/projeto_de_lei_02_1980.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8139/projeto_de_lei_03_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8160/projeto_de_lei_04_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8162/projeto_de_lei_05_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8175/projeto_de_lei_06_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8163/projeto_de_lei_07_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8164/projeto_de_lei_08_1980__executivo_ok.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8165/projeto_de_lei_09_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8166/projeto_de_lei_10_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8167/projeto_de_lei_11_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8168/projeto_de_lei_12_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8169/projeto_de_lei_13_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8170/projeto_de_lei_14_1980__executivo_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8173/projeto_de_lei_n_15_1980.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/8174/projeto_de_lei_16_1980.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6156/projeto_de_resolucao_01_1980.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1980/6155/projeto_de_resolucao_02_1980.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="127" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>