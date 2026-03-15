--- v0 (2026-01-12)
+++ v1 (2026-03-15)
@@ -54,1110 +54,1110 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8481</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata Sessão Ordinária</t>
   </si>
   <si>
     <t>Câmara Municipal da Lapa</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8481/ata_2092.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8481/ata_2092.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL E NOVENTA E DOIS(2092).</t>
   </si>
   <si>
     <t>8482</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8482/ata_2093.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8482/ata_2093.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL E NOVENTA E TRES.(2093)</t>
   </si>
   <si>
     <t>8483</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8483/ata_2094.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8483/ata_2094.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL E NOVENTA E QUATRO(2094)</t>
   </si>
   <si>
     <t>8484</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8484/ata_2095.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8484/ata_2095.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL E NOVENTA E CINCO(2095)</t>
   </si>
   <si>
     <t>8485</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8485/ata_2096.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8485/ata_2096.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL E NOVENTA E SEIS.(2096)</t>
   </si>
   <si>
     <t>8486</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8486/ata_2097.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8486/ata_2097.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL E NOVENTA E SETE.(2097)</t>
   </si>
   <si>
     <t>8487</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8487/ata_2098.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8487/ata_2098.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL E NOVENTA E OITO.(2098)</t>
   </si>
   <si>
     <t>8488</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8488/ata_2099.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8488/ata_2099.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL E NOVENTA E NOVE.(2099)</t>
   </si>
   <si>
     <t>8489</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8489/ata_2100.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8489/ata_2100.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL E CEM.(2100)</t>
   </si>
   <si>
     <t>8490</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8490/ata_2101.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8490/ata_2101.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E UM.(2101)</t>
   </si>
   <si>
     <t>8491</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8491/ata_2102.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8491/ata_2102.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E DOIS.(2102)</t>
   </si>
   <si>
     <t>8492</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8492/ata_2103.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8492/ata_2103.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E TRES.(2103)</t>
   </si>
   <si>
     <t>8493</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8493/ata_2104.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8493/ata_2104.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E QUATRO.(2104)</t>
   </si>
   <si>
     <t>8494</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8494/ata_2105.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8494/ata_2105.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E CINCO.(2105)</t>
   </si>
   <si>
     <t>8495</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8495/ata_2106.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8495/ata_2106.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E SEIS.(2106)</t>
   </si>
   <si>
     <t>8496</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8496/ata_2107.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8496/ata_2107.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E SETE.(2107)</t>
   </si>
   <si>
     <t>8497</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8497/ata_2108.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8497/ata_2108.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E OITO.(2108)</t>
   </si>
   <si>
     <t>8498</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8498/ata_2109.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8498/ata_2109.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E NOVE.(2109)</t>
   </si>
   <si>
     <t>8499</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8499/ata_2110.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8499/ata_2110.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E DEZ.(2110)</t>
   </si>
   <si>
     <t>8500</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8500/ata_2111.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8500/ata_2111.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E ONZE.(2111)</t>
   </si>
   <si>
     <t>8501</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8501/ata_2112.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8501/ata_2112.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E DOZE.(2112)</t>
   </si>
   <si>
     <t>8502</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8502/ata_2113.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8502/ata_2113.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E TREZE.(2113)</t>
   </si>
   <si>
     <t>8503</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8503/ata_2114.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8503/ata_2114.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E QUATORZE.(2114)</t>
   </si>
   <si>
     <t>8504</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8504/ata_2115.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8504/ata_2115.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E QUINZE.(2115)</t>
   </si>
   <si>
     <t>8505</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8505/ata_2116.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8505/ata_2116.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E DEZESSEIS.(2116)</t>
   </si>
   <si>
     <t>8506</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8506/ata_2117.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8506/ata_2117.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E DEZESSETE.(2117)</t>
   </si>
   <si>
     <t>8507</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8507/ata_2118.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8507/ata_2118.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E DEZOITO.(2118)</t>
   </si>
   <si>
     <t>8508</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8508/ata_2119.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8508/ata_2119.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E DEZENOVE.(2119)</t>
   </si>
   <si>
     <t>8509</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8509/ata_2120.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8509/ata_2120.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E VINTE.(2120)</t>
   </si>
   <si>
     <t>8517</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8517/ata_2121.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8517/ata_2121.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E VINTE E UM.(2121)</t>
   </si>
   <si>
     <t>8518</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8518/ata_2122.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8518/ata_2122.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E VINTE E DOIS.(2122)</t>
   </si>
   <si>
     <t>8519</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8519/ata_2123.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8519/ata_2123.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E VINTE E TRES.(2123)</t>
   </si>
   <si>
     <t>8521</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8521/ata_2124.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8521/ata_2124.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E VINTE E QUATRO.(2124)</t>
   </si>
   <si>
     <t>8522</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8522/ata_2125.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8522/ata_2125.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E VINTE E CINCO.(2125)</t>
   </si>
   <si>
     <t>8523</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8523/ata_2126.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8523/ata_2126.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E VINTE E SEIS.(2126)</t>
   </si>
   <si>
     <t>8524</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8524/ata_2127.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8524/ata_2127.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E VINTE E SETE.(2127)</t>
   </si>
   <si>
     <t>8525</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8525/ata_2128.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8525/ata_2128.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E VINTE E OITO.(2128)</t>
   </si>
   <si>
     <t>8527</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8527/ata_2129.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8527/ata_2129.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E VINTE E NOVE.(2129)</t>
   </si>
   <si>
     <t>8528</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8528/ata_2130.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8528/ata_2130.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL CENTO E TRINTA.(2130)</t>
   </si>
   <si>
     <t>10836</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Ivo Cabrini</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10836/anteprojeto_de_lei_01-1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10836/anteprojeto_de_lei_01-1989.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Augusto de Jesus a uma das ruas da cidade.</t>
   </si>
   <si>
     <t>6049</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>ME - Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6049/projeto_de_decreto_001_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6049/projeto_de_decreto_001_1989.pdf</t>
   </si>
   <si>
     <t>Referenda os Termo de Cooperação Financeira firmado entre a Fundação Educacional do Paraná- Fundepar e o Município da Lapa.</t>
   </si>
   <si>
     <t>6002</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>JOÃO RENATO LEAL AFONSO</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6002/projeto_de_decreto_002_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6002/projeto_de_decreto_002_1989.pdf</t>
   </si>
   <si>
     <t>Altera o Decreto Legislativo nº 12/88, de 10 de novembro de 1988, que fixou os subsídios e a verba de representação do Sr. Prefeito Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>5878</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5878/projeto_de_decreto_003_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5878/projeto_de_decreto_003_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o Sr Prefeito Municipal a licenciar-se do cargo e a ausentar-se do País.</t>
   </si>
   <si>
     <t>5879</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5879/projeto_de_decreto_004_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5879/projeto_de_decreto_004_1989.pdf</t>
   </si>
   <si>
     <t>Referenda  os termos do Convênio firmado entre a Prefeitura Municipal da Lapa e o Estado do Paraná, visando o incrementar nível do Município da arrecadação de Tributos Estaduais, o combate a evasão de produtos primários e a instalação de Unidades de Atendimento ao Público.</t>
   </si>
   <si>
     <t>5876</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5876/projeto_de_decreto_005_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5876/projeto_de_decreto_005_1989.pdf</t>
   </si>
   <si>
     <t>Referenda Acordo de Participação que entre si celebram o Estado do Paraná, por intermédio da Secretaria de Estado de Desenvolvimento Urbano e do Meio Ambiente e o Município da Lapa com a interveniência da Fundação de Assistência aos Municípios do Estado do Paraná, para implementação do Programa Estadual de Desenvolvimento Urbano - PEDU.</t>
   </si>
   <si>
     <t>5877</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5877/projeto_de_decreto_006_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5877/projeto_de_decreto_006_1989.pdf</t>
   </si>
   <si>
     <t>Referenda Convênio firmado entre o Centro de Apoio à Pequena e Média Empresa do Paraná- BANESTADO, Banco de Desenvolvimento do Paraná S/A- BADEP, Associação Comercial da Lapa, Associação dos Empresários do Município da Lapa- AEMUL e a Prefeitura Municipal da Lapa, do Projeto denonimado ''Semanas de Informação Empresarial''.</t>
   </si>
   <si>
     <t>10843</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10843/projeto_de_decreto_de_01-1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10843/projeto_de_decreto_de_01-1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a ausentar-se do País por um período de 06 dias.</t>
   </si>
   <si>
     <t>6821</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6821/projeto_1_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6821/projeto_1_de_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de pessoal por tempo determinado.</t>
   </si>
   <si>
     <t>6822</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6822/projeto_2_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6822/projeto_2_de_1989.pdf</t>
   </si>
   <si>
     <t>Modifica a estrutura administrativa da prefeitura municipal da Lapa, estabelecida com a lei 819, de 09/12/83, e dá outras providências.</t>
   </si>
   <si>
     <t>6823</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6823/projeto_3_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6823/projeto_3_de_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a assumir, no município da Lapa, o sistema de retransmissão de tv.</t>
   </si>
   <si>
     <t>6829</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6829/projeto_4_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6829/projeto_4_de_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o município da Lapa a conceder administrativamente o uso de bens municipais.</t>
   </si>
   <si>
     <t>6824</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6824/projeto_5_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6824/projeto_5_de_1989.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 1º e 2º da lei municipal nº 948, de 20 de abril de 1988.</t>
   </si>
   <si>
     <t>6831</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6831/projeto_6_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6831/projeto_6_de_1989.pdf</t>
   </si>
   <si>
     <t>Concede isenção do imposto de transmissão de bens imóveis, por ato oneroso “inter-vivos”, a 1ª igreja irmãos menonitas da Lapa, e dá outras providências.</t>
   </si>
   <si>
     <t>10835</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10835/projeto_de_lei_ordinaria_07-1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10835/projeto_de_lei_ordinaria_07-1989.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 5º da Lei nº 940 de 30 de novembro de 1987, reestabelecendo o gabarito de 1(um) pavimento mais sotão como altura máxima permitida no Centro Histórico.</t>
   </si>
   <si>
     <t>6832</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6832/projeto_8_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6832/projeto_8_de_1989.pdf</t>
   </si>
   <si>
     <t>Concede antecipação salarial ao pessoal estatutário, pensionistas e aposentados e dá outras providências.</t>
   </si>
   <si>
     <t>6833</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6833/projeto_9_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6833/projeto_9_de_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o município da Lapa a conceder administrativamente, sob regime jurídico de comodato, uma área de terras na localidade de Mato Preto.</t>
   </si>
   <si>
     <t>6834</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6834/projeto_10_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6834/projeto_10_de_1989.pdf</t>
   </si>
   <si>
     <t>Modifica a estrutura administrativa da prefeitura municipal da Lapa, estabelecida pela lei n.º 819, de 09/12/1.983, e dá outras providências.</t>
   </si>
   <si>
     <t>6836</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6836/projeto_11_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6836/projeto_11_de_1989.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial ao pessoal estatutário, pensionista e aposentados e dá outras providências.</t>
   </si>
   <si>
     <t>6838</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6838/projeto_12_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6838/projeto_12_de_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a firmar com o município de Balsa Nova, termo de cooperação financeira e dá outras providências.</t>
   </si>
   <si>
     <t>6837</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6837/projeto_13_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6837/projeto_13_de_1989.pdf</t>
   </si>
   <si>
     <t>Modifica a estrutura administrativa da prefeitura municipal, estabelecida pela lei 819, de 09/12/1.983, e dá outras providências.</t>
   </si>
   <si>
     <t>6839</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6839/projeto_14_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6839/projeto_14_de_1989.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial ao pessoal estatutário, pensionistas e aposentados e dá outras providências.</t>
   </si>
   <si>
     <t>6840</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6840/projeto_15_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6840/projeto_15_de_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a realizar o calçamento do passeio de imóveis de propriedade de contribuintes reconhecidamente carentes, e dá outras providências.</t>
   </si>
   <si>
     <t>6846</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6846/projeto_16_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6846/projeto_16_de_1989.pdf</t>
   </si>
   <si>
     <t>Altera legislação sobre a taxa de iluminação pública e dá outras providências.</t>
   </si>
   <si>
     <t>6841</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6841/projeto_17_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6841/projeto_17_de_1989.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar.</t>
   </si>
   <si>
     <t>6842</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6842/projeto_18_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6842/projeto_18_de_1989.pdf</t>
   </si>
   <si>
     <t>10834</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10834/projeto_de_lei_ordinaria_19-1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10834/projeto_de_lei_ordinaria_19-1989.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial.</t>
   </si>
   <si>
     <t>6845</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6845/projeto_20_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6845/projeto_20_de_1989.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I, mencionado no art. 6º da lei 916, de 14 de abril de 1987, e dá outras providências.</t>
   </si>
   <si>
     <t>6848</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6848/projeto_21_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6848/projeto_21_de_1989.pdf</t>
   </si>
   <si>
     <t>6847</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6847/projeto_22_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6847/projeto_22_de_1989.pdf</t>
   </si>
   <si>
     <t>6849</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6849/projeto_23_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6849/projeto_23_de_1989.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial.</t>
   </si>
   <si>
     <t>6851</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6851/projeto_24_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6851/projeto_24_de_1989.pdf</t>
   </si>
   <si>
     <t>Cria o Parque Municipal da Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>6850</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6850/projeto_25_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6850/projeto_25_de_1989.pdf</t>
   </si>
   <si>
     <t>Modifica a estrutura administrativa da Prefeitura Municipal, estabelecida pela Lei 819, de 09.12.1983, e dá outras providências.</t>
   </si>
   <si>
     <t>6855</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6855/projeto_26_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6855/projeto_26_de_1989.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Lapa, para o Exercício Financeiro de 1990.</t>
   </si>
   <si>
     <t>6854</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6854/projeto_27_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6854/projeto_27_de_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a efetuar a atualização monetária dos tributos pelos índices dos Bônus do Tesouro Nacional, e dá outras providências.</t>
   </si>
   <si>
     <t>6852</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6852/projeto_28_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6852/projeto_28_de_1989.pdf</t>
   </si>
   <si>
     <t>6853</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6853/projeto_29_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6853/projeto_29_de_1989.pdf</t>
   </si>
   <si>
     <t>6857</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6857/projeto_30_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6857/projeto_30_de_1989.pdf</t>
   </si>
   <si>
     <t>6858</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6858/projeto_31_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6858/projeto_31_de_1989.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial ao pessoal estatutário pensionistas e aposentados e dá outras providências.</t>
   </si>
   <si>
     <t>6861</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6861/projeto_32_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6861/projeto_32_de_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fazer reverter ao patrimônio do doador, área que recebeu para construção de escola e não aproveitou e dá outras providências.</t>
   </si>
   <si>
     <t>6859</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6859/projeto_33_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6859/projeto_33_de_1989.pdf</t>
   </si>
   <si>
     <t>Cria uma creche no Bairro da Cohapar, e dá outras providências.</t>
   </si>
   <si>
     <t>6860</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6860/projeto_34_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6860/projeto_34_de_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Convênio com o Município de Porto Amazonas e dá outras providências.</t>
   </si>
   <si>
     <t>6862</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6862/projeto_35_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6862/projeto_35_de_1989.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Suplementar.</t>
   </si>
   <si>
     <t>6863</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6863/projeto_36_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6863/projeto_36_de_1989.pdf</t>
   </si>
   <si>
     <t>6864</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6864/projeto_37_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6864/projeto_37_de_1989.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fazer reverter ao patrimônio da doadora, área que recebeu para construção de uma escola e não aproveitou e dá outras providências.</t>
   </si>
   <si>
     <t>6865</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6865/projeto_38_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6865/projeto_38_de_1989.pdf</t>
   </si>
   <si>
     <t>6866</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6866/projeto_39_de_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6866/projeto_39_de_1989.pdf</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/4072/projeto_de_resolucao_01_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/4072/projeto_de_resolucao_01_1989.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remuneração de vereadores e dá outras providências.</t>
   </si>
   <si>
     <t>6507</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6507/projeto_de_resolucao_n_02_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6507/projeto_de_resolucao_n_02_1989.pdf</t>
   </si>
   <si>
     <t>Atualiza a remuneração dos vereadores da Câmara Municipal da Lapa, e dá outras providências.</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/4069/projeto_de_resolucao_08_1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/4069/projeto_de_resolucao_08_1989.pdf</t>
   </si>
   <si>
     <t>Concede gratificação salarial a funcionário.</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/4065/projeto_de_resolucao_13_1989_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/4065/projeto_de_resolucao_13_1989_ok.pdf</t>
   </si>
   <si>
     <t>Institui o Regimento Interno para elaboração da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>10837</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Arthur Oscar Vidal Moreira</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10837/requerimento_01-1989.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10837/requerimento_01-1989.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício ao Tribunal de Contas do Paraná.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1464,68 +1464,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8481/ata_2092.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8482/ata_2093.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8483/ata_2094.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8484/ata_2095.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8485/ata_2096.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8486/ata_2097.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8487/ata_2098.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8488/ata_2099.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8489/ata_2100.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8490/ata_2101.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8491/ata_2102.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8492/ata_2103.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8493/ata_2104.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8494/ata_2105.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8495/ata_2106.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8496/ata_2107.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8497/ata_2108.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8498/ata_2109.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8499/ata_2110.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8500/ata_2111.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8501/ata_2112.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8502/ata_2113.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8503/ata_2114.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8504/ata_2115.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8505/ata_2116.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8506/ata_2117.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8507/ata_2118.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8508/ata_2119.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8509/ata_2120.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8517/ata_2121.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8518/ata_2122.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8519/ata_2123.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8521/ata_2124.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8522/ata_2125.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8523/ata_2126.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8524/ata_2127.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8525/ata_2128.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8527/ata_2129.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8528/ata_2130.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10836/anteprojeto_de_lei_01-1989.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6049/projeto_de_decreto_001_1989.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6002/projeto_de_decreto_002_1989.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5878/projeto_de_decreto_003_1989.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5879/projeto_de_decreto_004_1989.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5876/projeto_de_decreto_005_1989.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5877/projeto_de_decreto_006_1989.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10843/projeto_de_decreto_de_01-1989.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6821/projeto_1_de_1989.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6822/projeto_2_de_1989.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6823/projeto_3_de_1989.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6829/projeto_4_de_1989.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6824/projeto_5_de_1989.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6831/projeto_6_de_1989.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10835/projeto_de_lei_ordinaria_07-1989.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6832/projeto_8_de_1989.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6833/projeto_9_de_1989.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6834/projeto_10_de_1989.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6836/projeto_11_de_1989.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6838/projeto_12_de_1989.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6837/projeto_13_de_1989.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6839/projeto_14_de_1989.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6840/projeto_15_de_1989.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6846/projeto_16_de_1989.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6841/projeto_17_de_1989.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6842/projeto_18_de_1989.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10834/projeto_de_lei_ordinaria_19-1989.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6845/projeto_20_de_1989.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6848/projeto_21_de_1989.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6847/projeto_22_de_1989.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6849/projeto_23_de_1989.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6851/projeto_24_de_1989.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6850/projeto_25_de_1989.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6855/projeto_26_de_1989.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6854/projeto_27_de_1989.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6852/projeto_28_de_1989.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6853/projeto_29_de_1989.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6857/projeto_30_de_1989.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6858/projeto_31_de_1989.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6861/projeto_32_de_1989.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6859/projeto_33_de_1989.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6860/projeto_34_de_1989.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6862/projeto_35_de_1989.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6863/projeto_36_de_1989.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6864/projeto_37_de_1989.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6865/projeto_38_de_1989.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6866/projeto_39_de_1989.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/4072/projeto_de_resolucao_01_1989.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6507/projeto_de_resolucao_n_02_1989.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/4069/projeto_de_resolucao_08_1989.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/4065/projeto_de_resolucao_13_1989_ok.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10837/requerimento_01-1989.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8481/ata_2092.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8482/ata_2093.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8483/ata_2094.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8484/ata_2095.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8485/ata_2096.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8486/ata_2097.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8487/ata_2098.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8488/ata_2099.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8489/ata_2100.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8490/ata_2101.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8491/ata_2102.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8492/ata_2103.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8493/ata_2104.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8494/ata_2105.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8495/ata_2106.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8496/ata_2107.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8497/ata_2108.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8498/ata_2109.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8499/ata_2110.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8500/ata_2111.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8501/ata_2112.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8502/ata_2113.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8503/ata_2114.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8504/ata_2115.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8505/ata_2116.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8506/ata_2117.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8507/ata_2118.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8508/ata_2119.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8509/ata_2120.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8517/ata_2121.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8518/ata_2122.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8519/ata_2123.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8521/ata_2124.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8522/ata_2125.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8523/ata_2126.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8524/ata_2127.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8525/ata_2128.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8527/ata_2129.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/8528/ata_2130.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10836/anteprojeto_de_lei_01-1989.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6049/projeto_de_decreto_001_1989.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6002/projeto_de_decreto_002_1989.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5878/projeto_de_decreto_003_1989.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5879/projeto_de_decreto_004_1989.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5876/projeto_de_decreto_005_1989.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/5877/projeto_de_decreto_006_1989.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10843/projeto_de_decreto_de_01-1989.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6821/projeto_1_de_1989.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6822/projeto_2_de_1989.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6823/projeto_3_de_1989.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6829/projeto_4_de_1989.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6824/projeto_5_de_1989.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6831/projeto_6_de_1989.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10835/projeto_de_lei_ordinaria_07-1989.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6832/projeto_8_de_1989.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6833/projeto_9_de_1989.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6834/projeto_10_de_1989.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6836/projeto_11_de_1989.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6838/projeto_12_de_1989.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6837/projeto_13_de_1989.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6839/projeto_14_de_1989.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6840/projeto_15_de_1989.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6846/projeto_16_de_1989.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6841/projeto_17_de_1989.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6842/projeto_18_de_1989.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10834/projeto_de_lei_ordinaria_19-1989.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6845/projeto_20_de_1989.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6848/projeto_21_de_1989.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6847/projeto_22_de_1989.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6849/projeto_23_de_1989.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6851/projeto_24_de_1989.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6850/projeto_25_de_1989.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6855/projeto_26_de_1989.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6854/projeto_27_de_1989.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6852/projeto_28_de_1989.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6853/projeto_29_de_1989.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6857/projeto_30_de_1989.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6858/projeto_31_de_1989.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6861/projeto_32_de_1989.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6859/projeto_33_de_1989.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6860/projeto_34_de_1989.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6862/projeto_35_de_1989.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6863/projeto_36_de_1989.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6864/projeto_37_de_1989.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6865/projeto_38_de_1989.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6866/projeto_39_de_1989.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/4072/projeto_de_resolucao_01_1989.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/6507/projeto_de_resolucao_n_02_1989.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/4069/projeto_de_resolucao_08_1989.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/4065/projeto_de_resolucao_13_1989_ok.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1989/10837/requerimento_01-1989.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>