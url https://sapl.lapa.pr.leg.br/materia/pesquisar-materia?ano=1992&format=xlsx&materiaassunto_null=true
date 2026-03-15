--- v0 (2026-01-10)
+++ v1 (2026-03-15)
@@ -54,1404 +54,1404 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9020</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata Sessão Ordinária</t>
   </si>
   <si>
     <t>Câmara Municipal da Lapa</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9020/ata_2213.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9020/ata_2213.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E TREZE.(2213)</t>
   </si>
   <si>
     <t>9021</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9021/ata_2214.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9021/ata_2214.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E QUATORZE.(2214)</t>
   </si>
   <si>
     <t>9022</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9022/ata_2215.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9022/ata_2215.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E QUINZE.(2215)</t>
   </si>
   <si>
     <t>9023</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9023/ata_2216.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9023/ata_2216.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E DEZESSEIS.(2216)</t>
   </si>
   <si>
     <t>9024</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9024/ata_2217.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9024/ata_2217.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E DEZESSETE.(2217)</t>
   </si>
   <si>
     <t>9025</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9025/ata_2218.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9025/ata_2218.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E DEZOITO.(2218)</t>
   </si>
   <si>
     <t>9026</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9026/ata_2219.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9026/ata_2219.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E DEZENOVE.(2219)</t>
   </si>
   <si>
     <t>9027</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9027/ata_2220.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9027/ata_2220.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E VINTE.(2220)</t>
   </si>
   <si>
     <t>9028</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9028/ata_2221.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9028/ata_2221.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E VINTE E UM.(2221)</t>
   </si>
   <si>
     <t>9029</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9029/ata_2222.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9029/ata_2222.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E VINTE E DOIS.(2222)</t>
   </si>
   <si>
     <t>9030</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9030/ata_2223.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9030/ata_2223.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E VINTE E TRES.(2223)</t>
   </si>
   <si>
     <t>9031</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9031/ata_2224.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9031/ata_2224.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E VINTE E QUATRO.(2224)</t>
   </si>
   <si>
     <t>9032</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9032/ata_2225.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9032/ata_2225.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E VINTE E CINCO.(2225)</t>
   </si>
   <si>
     <t>9033</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9033/ata_2226.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9033/ata_2226.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E VINTE E SEIS.(2226)</t>
   </si>
   <si>
     <t>9034</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9034/ata_2227.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9034/ata_2227.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E VINTE E SETE.(2227)</t>
   </si>
   <si>
     <t>9035</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9035/ata_2228.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9035/ata_2228.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E VINTE E OITO.(2228)</t>
   </si>
   <si>
     <t>9036</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9036/ata_2229.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9036/ata_2229.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E VINTE E NOVE.(2229)</t>
   </si>
   <si>
     <t>9037</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9037/ata_2230.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9037/ata_2230.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E TRINTA.(2230)</t>
   </si>
   <si>
     <t>9038</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9038/ata_2231.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9038/ata_2231.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E TRINTA E UM.(2231)</t>
   </si>
   <si>
     <t>9039</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9039/ata_2232.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9039/ata_2232.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E TRINTA E DOIS.(2232)</t>
   </si>
   <si>
     <t>9040</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9040/ata_2233.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9040/ata_2233.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E TRINTA E TRES.(2233)</t>
   </si>
   <si>
     <t>9041</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9041/ata_2234.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9041/ata_2234.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E TRINTA E QUATRO.(2234)</t>
   </si>
   <si>
     <t>9042</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9042/ata_2235.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9042/ata_2235.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E TRINTA E CINCO.(2235)</t>
   </si>
   <si>
     <t>9043</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9043/ata_2236.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9043/ata_2236.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E TRINTA E SEIS.(2236)</t>
   </si>
   <si>
     <t>9044</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9044/ata_2237.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9044/ata_2237.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E TRINTA E SETE.(2237)</t>
   </si>
   <si>
     <t>9045</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9045/ata_2238.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9045/ata_2238.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E TRINTA E OITO.(2238)</t>
   </si>
   <si>
     <t>9046</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9046/ata_2239.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9046/ata_2239.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E TRINTA E NOVE.(2239)</t>
   </si>
   <si>
     <t>9047</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9047/ata_2240.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9047/ata_2240.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E QUARENTA.(2240)</t>
   </si>
   <si>
     <t>9048</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9048/ata_2241.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9048/ata_2241.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E QUARENTA E UM.(2241)</t>
   </si>
   <si>
     <t>9049</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9049/ata_2242.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9049/ata_2242.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E QUARENTA E DOIS.(2242)</t>
   </si>
   <si>
     <t>9050</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9050/ata_2243.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9050/ata_2243.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E QUARENTA E TRES.(2243)</t>
   </si>
   <si>
     <t>9051</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9051/ata_2244.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9051/ata_2244.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E QUARENTA E QUATRO.(2244)</t>
   </si>
   <si>
     <t>9052</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9052/ata_2245.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9052/ata_2245.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E QUARENTA E CINCO.(2245)</t>
   </si>
   <si>
     <t>9053</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9053/ata_2246.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9053/ata_2246.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E QUARENTA E SEIS.(2246)</t>
   </si>
   <si>
     <t>9054</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9054/ata_2247.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9054/ata_2247.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E QUARENTA E SETE.(2247)</t>
   </si>
   <si>
     <t>9055</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9055/ata_2248.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9055/ata_2248.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E QUARENTA E OITO.(2248)</t>
   </si>
   <si>
     <t>9056</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9056/ata_2249.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9056/ata_2249.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E QUARENTA E NOVE.(2249)</t>
   </si>
   <si>
     <t>9057</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9057/ata_2250.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9057/ata_2250.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E CINQUENTA.(2250)</t>
   </si>
   <si>
     <t>9058</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9058/ata_2251.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9058/ata_2251.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E CINQUENTA E UM.(2251)</t>
   </si>
   <si>
     <t>9059</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9059/ata_2252.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9059/ata_2252.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E CINQUENTA E DOIS.(2252)</t>
   </si>
   <si>
     <t>9060</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9060/ata_2253.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9060/ata_2253.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E CINQUENTA E TRES.(2253)</t>
   </si>
   <si>
     <t>9061</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9061/ata_2254.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9061/ata_2254.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E CINCOENTA E QUATRO.(2254)</t>
   </si>
   <si>
     <t>9062</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9062/ata_2255.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9062/ata_2255.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E CINCOENTA E CINCO.(2255)</t>
   </si>
   <si>
     <t>9063</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9063/ata_2256.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9063/ata_2256.pdf</t>
   </si>
   <si>
     <t>ATA NUMERO DOIS MIL DUZENTOS E CINCOENTA E SEIS.(2256)</t>
   </si>
   <si>
     <t>6603</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Manoel Francisco Moreira Vidal</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6603/anteprojeto_1_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6603/anteprojeto_1_de_1992.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública no âmbito municipal a "augusta e respeitável loja simbólica Luzes de Sião" - nº 77.</t>
   </si>
   <si>
     <t>6600</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Ivo Cabrini</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6600/anteprojeto_2_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6600/anteprojeto_2_de_1992.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública municipal a associação comercial e industrial da Lapa.</t>
   </si>
   <si>
     <t>6582</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6582/anteprojeto_3_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6582/anteprojeto_3_de_1992.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública o centro de tradições gaúchas Cavalo Branco.</t>
   </si>
   <si>
     <t>6581</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Arthur Oscar Vidal Moreira</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6581/anteprojeto_4_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6581/anteprojeto_4_de_1992.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública no âmbito municipal a "Augusta e respeitável loja simbólica estrela legendária".</t>
   </si>
   <si>
     <t>6499</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6499/anteprojeto_5b_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6499/anteprojeto_5b_de_1992.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública no âmbito municipal a APAE.</t>
   </si>
   <si>
     <t>6524</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6524/anteprojeto_6_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6524/anteprojeto_6_de_1992.pdf</t>
   </si>
   <si>
     <t>Declara monumento de valor histórico.</t>
   </si>
   <si>
     <t>6521</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>César Augusto Leoni</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6521/anteprojeto_7a_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6521/anteprojeto_7a_de_1992.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de rua 7 de setembro, no trecho que inicia na av. Dr. Manoel Pedro, sentido Oeste.</t>
   </si>
   <si>
     <t>6493</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6493/anteprojeto_8_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6493/anteprojeto_8_de_1992.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública no âmbito municipal a fundação são Sebastião.</t>
   </si>
   <si>
     <t>6580</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Ernesto dos Santos Netto</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6580/anteprojeto_5a_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6580/anteprojeto_5a_de_1992.pdf</t>
   </si>
   <si>
     <t>Inclui artigo na lei municipal nº 1131, que autoriza a doação para a união federal de imóvel pertencente ao patrimônio municipal, destinado a edificação de um C I A C, e dá outras providências.</t>
   </si>
   <si>
     <t>6544</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6544/anteprojeto_7b_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6544/anteprojeto_7b_de_1992.pdf</t>
   </si>
   <si>
     <t>Proíbe fumar em estabelecimentos da organização pública municipal, estabelecimentos particulares, estabelece obrigações e fixa sanções.</t>
   </si>
   <si>
     <t>5757</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5757/projeto_de_decreto_01_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5757/projeto_de_decreto_01_1992.pdf</t>
   </si>
   <si>
     <t>Referenda o Termo de Cooperação, firmado entre o Instituto Brasileiro do Patrimônio Cultural e o Município da Lapa.</t>
   </si>
   <si>
     <t>5866</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5866/projeto_de_decreto_02_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5866/projeto_de_decreto_02_1992.pdf</t>
   </si>
   <si>
     <t>Referenda o Convênio celebrado entre a TELECOMUNICAÇÕES DO PARANÁ S/A - TELEPAR e o Município da Lapa.</t>
   </si>
   <si>
     <t>5754</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5754/projeto_de_decreto_03_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5754/projeto_de_decreto_03_1992.pdf</t>
   </si>
   <si>
     <t>Referenda o Convênio firmado entre o Instituto Nacional de Assistência Médica da Previdência Social - INAMPS, e o Município da Lapa.</t>
   </si>
   <si>
     <t>5755</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5755/projeto_de_decreto_04_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5755/projeto_de_decreto_04_1992.pdf</t>
   </si>
   <si>
     <t>Referenda o Termo Cooperativo de Parceria Educacional, entre a Secretaria de Estado da Educação e o Município da Lapa.</t>
   </si>
   <si>
     <t>5756</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5756/projeto_de_decreto_05_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5756/projeto_de_decreto_05_1992.pdf</t>
   </si>
   <si>
     <t>Referenda Contrato de Prestação de Serviços, celebrado entre a Companhia de Processamento de Dados do Paraná - CELEPAR e o Município da Lapa.</t>
   </si>
   <si>
     <t>5743</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5743/projeto_de_decreto_06_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5743/projeto_de_decreto_06_1992.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas do Município relativas ao Exercício de 1.990.</t>
   </si>
   <si>
     <t>5746</t>
   </si>
   <si>
     <t>ME - Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5746/projeto_de_decreto_07_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5746/projeto_de_decreto_07_1992.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remuneração do Prefeito e do Vice-Prefeito para a Legislatura de 1993 a 1996 e dá outras providências.</t>
   </si>
   <si>
     <t>5747</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5747/projeto_de_decreto_08_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5747/projeto_de_decreto_08_1992.pdf</t>
   </si>
   <si>
     <t>Referenda o Convênio celebrado entre o Instituto Nacional de Colonização e Reforma Agrária- Incra e este Município.</t>
   </si>
   <si>
     <t>5748</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5748/projeto_de_decreto_09_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5748/projeto_de_decreto_09_1992.pdf</t>
   </si>
   <si>
     <t>Referenda Convênio celebrado entre este Município e o Ministério da Educação, com interveniência do Fundo Nacional de Desenvolvimento da Educação.</t>
   </si>
   <si>
     <t>5749</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5749/projeto_de_decreto_10_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5749/projeto_de_decreto_10_1992.pdf</t>
   </si>
   <si>
     <t>Referenda o Acordo de Colaboração celebrado entre este Município e a Associação de Intercâmbio Tecnológico Industrial, Financeiro e Comercial - Programa Paraná-Europa.</t>
   </si>
   <si>
     <t>5750</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5750/projeto_de_decreto_11_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5750/projeto_de_decreto_11_1992.pdf</t>
   </si>
   <si>
     <t>Referenda Termo de Cooperação Técnica, celebrado entre este Município e o Departamento de Estradas de Rodagem, com a interveniência da Secretaria de Estado dos Transportes.</t>
   </si>
   <si>
     <t>6597</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6597/projeto_1_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6597/projeto_1_de_1992.pdf</t>
   </si>
   <si>
     <t>Inclui na tabela de salários da prefeitura da Lapa, os salários para os empregos de babá e contínuo.</t>
   </si>
   <si>
     <t>6604</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6604/projeto_2_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6604/projeto_2_de_1992.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial ao funcionalismo municipal.</t>
   </si>
   <si>
     <t>6589</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6589/projeto_3_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6589/projeto_3_de_1992.pdf</t>
   </si>
   <si>
     <t>Aumenta o número de vagas de emprego já existentes.</t>
   </si>
   <si>
     <t>6588</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6588/projeto_4_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6588/projeto_4_de_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a conceder auxílio financeiro ao clube congresso recreativo.</t>
   </si>
   <si>
     <t>6587</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6587/projeto_5_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6587/projeto_5_de_1992.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei 569, de 17.12.73.</t>
   </si>
   <si>
     <t>6586</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6586/projeto_6_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6586/projeto_6_de_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a indenizar proprietário de área utilizada na abertura de prolongamento da rua Frederico Virmond, e dá outras providências.</t>
   </si>
   <si>
     <t>10830</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10830/projeto_de_lei_ordinaria_07-1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10830/projeto_de_lei_ordinaria_07-1992.pdf</t>
   </si>
   <si>
     <t>Concede pensão especial à viúva Alzira de Meira Schwartz.</t>
   </si>
   <si>
     <t>6585</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6585/projeto_8_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6585/projeto_8_de_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação para a união federal de imóvel pertencente ao patrimônio municipal, destinado a edificação de um CIAC e dá outras providências.</t>
   </si>
   <si>
     <t>10829</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10829/projeto_de_lei_09-1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10829/projeto_de_lei_09-1992.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder à Sociedade São Vicente de Paulo - Conferência de Santo Antonio da Lapa, subvenção mensal e dá outras providências.</t>
   </si>
   <si>
     <t>6579</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6579/projeto_10_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6579/projeto_10_de_1992.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial ao funcionalismo municipal e dá outras providências.</t>
   </si>
   <si>
     <t>6578</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6578/projeto_11_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6578/projeto_11_de_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a firmar acordo parcelamento de dívida para com o instituto nacional do seguro social - INSS, e dá outras providências.</t>
   </si>
   <si>
     <t>10828</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10828/projeto_de_lei_12-1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10828/projeto_de_lei_12-1992.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as metragens de estradas municipais, limitações dos proprietários que com eles confiam e dá outras providências.</t>
   </si>
   <si>
     <t>6577</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6577/projeto_13_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6577/projeto_13_de_1992.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o estatuto dos funcionários públicos civis do município da Lapa.</t>
   </si>
   <si>
     <t>6576</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6576/projeto_14_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6576/projeto_14_de_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a conceder à sociedade são Vicente de Paulo - conferência de santo Antonio da Lapa, subvenção mensal e dá outras providências.</t>
   </si>
   <si>
     <t>6575</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6575/projeto_15_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6575/projeto_15_de_1992.pdf</t>
   </si>
   <si>
     <t>Altera o § 2º da lei nº 1002, de 26 de outubro de 1989, que cria o parque municipal de Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>6573</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6573/projeto_16_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6573/projeto_16_de_1992.pdf</t>
   </si>
   <si>
     <t>Congela os valores das prestações mensais, devidas pelos adquirentes de lotes, do loteamento popular "Nosso Chão", e dá outras providências.</t>
   </si>
   <si>
     <t>6574</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6574/projeto_17_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6574/projeto_17_de_1992.pdf</t>
   </si>
   <si>
     <t>6572</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6572/projeto_18_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6572/projeto_18_de_1992.pdf</t>
   </si>
   <si>
     <t>Cria a previdência municipal, institui o fundo de previdência do município da Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>6571</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6571/projeto_19_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6571/projeto_19_de_1992.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de benefícios pelo fundo de previdência do município da Lapa.</t>
   </si>
   <si>
     <t>6570</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6570/projeto_20_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6570/projeto_20_de_1992.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei nº 1138/92, de 27/05/92 (estatuto dos funcionários públicos civis do município) e dá outras providências.</t>
   </si>
   <si>
     <t>10827</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10827/projeto_de_lei_ordinaria_21-1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10827/projeto_de_lei_ordinaria_21-1992.pdf</t>
   </si>
   <si>
     <t>Autoriza Vereador Joacir Gonsalves a realizar entendimento prévios os representantes do Programa Paraná Europa e dá outras providências.</t>
   </si>
   <si>
     <t>6569</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6569/projeto_22_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6569/projeto_22_de_1992.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial ao funcionalismo público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>6494</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6494/projeto_23_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6494/projeto_23_de_1992.pdf</t>
   </si>
   <si>
     <t>Desafeta da condição de praça, bem público de uso comum do povo, que especifica-se e dá outras providências.</t>
   </si>
   <si>
     <t>6496</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6496/projeto_24_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6496/projeto_24_de_1992.pdf</t>
   </si>
   <si>
     <t>Extingue o parágrafo 3º do artigo 3º da lei nº 1002, de 26 de outubro de 1989.</t>
   </si>
   <si>
     <t>6495</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6495/projeto_25_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6495/projeto_25_de_1992.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar.</t>
   </si>
   <si>
     <t>6497</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6497/projeto_26_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6497/projeto_26_de_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar.</t>
   </si>
   <si>
     <t>6498</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6498/projeto_27_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6498/projeto_27_de_1992.pdf</t>
   </si>
   <si>
     <t>6504</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6504/projeto_28_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6504/projeto_28_de_1992.pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes orçamentárias para a elaboração do orçamento municipal e dá outras providências.</t>
   </si>
   <si>
     <t>6500</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6500/projeto_29_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6500/projeto_29_de_1992.pdf</t>
   </si>
   <si>
     <t>Isenta do imposto sobre serviços a execução de construção civil, de obras hidráulicas e outras semelhantes, dos centros integrados de apoio à criança - CIACS.</t>
   </si>
   <si>
     <t>6501</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6501/projeto_30_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6501/projeto_30_de_1992.pdf</t>
   </si>
   <si>
     <t>6525</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6525/projeto_31_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6525/projeto_31_de_1992.pdf</t>
   </si>
   <si>
     <t>Cria novas vagas para os cargos públicos de provimento efetivo que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>6527</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6527/projeto_32_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6527/projeto_32_de_1992.pdf</t>
   </si>
   <si>
     <t>Desafeta de condição de rua, trecho da rua José Ferreira do Amaral e Silva e autoriza sua doação ao Sr. Miguel L. H. Batista.</t>
   </si>
   <si>
     <t>10826</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10826/projeto_de_lei_33-1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10826/projeto_de_lei_33-1992.pdf</t>
   </si>
   <si>
     <t>Concede auxílio financeiro à dupla sertaneja Owande e Onadir.</t>
   </si>
   <si>
     <t>6526</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6526/projeto_34_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6526/projeto_34_de_1992.pdf</t>
   </si>
   <si>
     <t>Congela os valores das prestações mensais, devidas pelos adquirentes de lotes, do loteamento popular "nosso chão" e dá outras providências.</t>
   </si>
   <si>
     <t>6533</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6533/projeto_35_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6533/projeto_35_de_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar.</t>
   </si>
   <si>
     <t>6539</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6539/projeto_36_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6539/projeto_36_de_1992.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município da Lapa-PR, para o exercício financeiro de 1993.</t>
   </si>
   <si>
     <t>6522</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6522/projeto_37_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6522/projeto_37_de_1992.pdf</t>
   </si>
   <si>
     <t>Dispensa do pagamento das mensalidades as pessoas de baixa renda, beneficiadas pelas leis nºs 1048, de 16.10.90; 1075, de 25.04.91; 1079, de 15.05.91; 1095, de 21.08.91 e 1099, de 06.09.91.</t>
   </si>
   <si>
     <t>10821</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10821/projeto_de_lei_ordinaria_38-1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10821/projeto_de_lei_ordinaria_38-1992.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre cargos em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>6535</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6535/projeto_39_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6535/projeto_39_de_1992.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura administrativa da prefeitura municipal da Lapa.</t>
   </si>
   <si>
     <t>6523</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6523/projeto_40_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6523/projeto_40_de_1992.pdf</t>
   </si>
   <si>
     <t>Acrescenta inciso à lei nº 1154, de 05 de outubro de 1992.</t>
   </si>
   <si>
     <t>6536</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6536/projeto_41_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6536/projeto_41_de_1992.pdf</t>
   </si>
   <si>
     <t>Altera os anexos II, III, IV E V do código tributário municipal e dá outras providências.</t>
   </si>
   <si>
     <t>6534</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6534/projeto_42_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6534/projeto_42_de_1992.pdf</t>
   </si>
   <si>
     <t>6541</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6541/projeto_44_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6541/projeto_44_de_1992.pdf</t>
   </si>
   <si>
     <t>6540</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6540/projeto_45_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6540/projeto_45_de_1992.pdf</t>
   </si>
   <si>
     <t>Altera a denominação e hierarquia dos órgãos mencionados nas alíneas "A", "B", "C", "D" e "E", do artigo 29 da lei nº 1164, de 30-11-92, e dá outras providências.</t>
   </si>
   <si>
     <t>6546</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6546/projeto_46_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6546/projeto_46_de_1992.pdf</t>
   </si>
   <si>
     <t>Concede estímulo fiscal à preservação nativa no perímetro urbano da cidade da lapa, e dá outras providências.</t>
   </si>
   <si>
     <t>6542</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6542/projeto_48_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6542/projeto_48_de_1992.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial ao funcionalismo público municipal.</t>
   </si>
   <si>
     <t>6543</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6543/projeto_49_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6543/projeto_49_de_1992.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a promover campanha para incremento da arrecadação do ISS e dá outras providências.</t>
   </si>
   <si>
     <t>6547</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6547/projeto_50_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6547/projeto_50_de_1992.pdf</t>
   </si>
   <si>
     <t>Autorização para abertura dos estabelecimentos comerciais do município, no dia 26-12-92, no horário das 8:00 as 12:00 horas.</t>
   </si>
   <si>
     <t>6545</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6545/projeto_51_de_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6545/projeto_51_de_1992.pdf</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/4189/projeto_de_resolucao_01_92.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/4189/projeto_de_resolucao_01_92.pdf</t>
   </si>
   <si>
     <t>Institui o Regime Jurídico único, cria o quadro de pessoal e dá outras providências.</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/4114/projeto_de_resolucao_02_1992_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/4114/projeto_de_resolucao_02_1992_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regulamento de concurso público para o provimento de cargos no Quadro permanente de pessoal da Câmara Municipal da Lapa.</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/4061/projeto_de_resolucao_03_1992.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/4061/projeto_de_resolucao_03_1992.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação da remuneração dos Vereadores para a Legislatura que inicia-se em 1993 e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1758,68 +1758,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9020/ata_2213.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9021/ata_2214.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9022/ata_2215.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9023/ata_2216.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9024/ata_2217.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9025/ata_2218.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9026/ata_2219.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9027/ata_2220.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9028/ata_2221.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9029/ata_2222.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9030/ata_2223.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9031/ata_2224.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9032/ata_2225.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9033/ata_2226.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9034/ata_2227.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9035/ata_2228.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9036/ata_2229.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9037/ata_2230.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9038/ata_2231.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9039/ata_2232.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9040/ata_2233.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9041/ata_2234.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9042/ata_2235.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9043/ata_2236.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9044/ata_2237.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9045/ata_2238.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9046/ata_2239.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9047/ata_2240.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9048/ata_2241.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9049/ata_2242.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9050/ata_2243.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9051/ata_2244.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9052/ata_2245.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9053/ata_2246.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9054/ata_2247.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9055/ata_2248.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9056/ata_2249.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9057/ata_2250.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9058/ata_2251.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9059/ata_2252.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9060/ata_2253.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9061/ata_2254.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9062/ata_2255.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9063/ata_2256.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6603/anteprojeto_1_de_1992.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6600/anteprojeto_2_de_1992.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6582/anteprojeto_3_de_1992.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6581/anteprojeto_4_de_1992.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6499/anteprojeto_5b_de_1992.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6524/anteprojeto_6_de_1992.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6521/anteprojeto_7a_de_1992.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6493/anteprojeto_8_de_1992.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6580/anteprojeto_5a_de_1992.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6544/anteprojeto_7b_de_1992.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5757/projeto_de_decreto_01_1992.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5866/projeto_de_decreto_02_1992.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5754/projeto_de_decreto_03_1992.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5755/projeto_de_decreto_04_1992.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5756/projeto_de_decreto_05_1992.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5743/projeto_de_decreto_06_1992.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5746/projeto_de_decreto_07_1992.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5747/projeto_de_decreto_08_1992.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5748/projeto_de_decreto_09_1992.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5749/projeto_de_decreto_10_1992.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5750/projeto_de_decreto_11_1992.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6597/projeto_1_de_1992.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6604/projeto_2_de_1992.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6589/projeto_3_de_1992.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6588/projeto_4_de_1992.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6587/projeto_5_de_1992.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6586/projeto_6_de_1992.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10830/projeto_de_lei_ordinaria_07-1992.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6585/projeto_8_de_1992.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10829/projeto_de_lei_09-1992.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6579/projeto_10_de_1992.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6578/projeto_11_de_1992.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10828/projeto_de_lei_12-1992.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6577/projeto_13_de_1992.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6576/projeto_14_de_1992.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6575/projeto_15_de_1992.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6573/projeto_16_de_1992.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6574/projeto_17_de_1992.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6572/projeto_18_de_1992.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6571/projeto_19_de_1992.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6570/projeto_20_de_1992.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10827/projeto_de_lei_ordinaria_21-1992.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6569/projeto_22_de_1992.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6494/projeto_23_de_1992.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6496/projeto_24_de_1992.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6495/projeto_25_de_1992.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6497/projeto_26_de_1992.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6498/projeto_27_de_1992.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6504/projeto_28_de_1992.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6500/projeto_29_de_1992.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6501/projeto_30_de_1992.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6525/projeto_31_de_1992.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6527/projeto_32_de_1992.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10826/projeto_de_lei_33-1992.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6526/projeto_34_de_1992.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6533/projeto_35_de_1992.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6539/projeto_36_de_1992.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6522/projeto_37_de_1992.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10821/projeto_de_lei_ordinaria_38-1992.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6535/projeto_39_de_1992.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6523/projeto_40_de_1992.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6536/projeto_41_de_1992.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6534/projeto_42_de_1992.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6541/projeto_44_de_1992.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6540/projeto_45_de_1992.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6546/projeto_46_de_1992.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6542/projeto_48_de_1992.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6543/projeto_49_de_1992.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6547/projeto_50_de_1992.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6545/projeto_51_de_1992.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/4189/projeto_de_resolucao_01_92.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/4114/projeto_de_resolucao_02_1992_ok.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/4061/projeto_de_resolucao_03_1992.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9020/ata_2213.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9021/ata_2214.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9022/ata_2215.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9023/ata_2216.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9024/ata_2217.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9025/ata_2218.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9026/ata_2219.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9027/ata_2220.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9028/ata_2221.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9029/ata_2222.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9030/ata_2223.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9031/ata_2224.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9032/ata_2225.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9033/ata_2226.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9034/ata_2227.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9035/ata_2228.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9036/ata_2229.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9037/ata_2230.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9038/ata_2231.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9039/ata_2232.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9040/ata_2233.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9041/ata_2234.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9042/ata_2235.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9043/ata_2236.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9044/ata_2237.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9045/ata_2238.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9046/ata_2239.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9047/ata_2240.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9048/ata_2241.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9049/ata_2242.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9050/ata_2243.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9051/ata_2244.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9052/ata_2245.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9053/ata_2246.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9054/ata_2247.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9055/ata_2248.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9056/ata_2249.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9057/ata_2250.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9058/ata_2251.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9059/ata_2252.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9060/ata_2253.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9061/ata_2254.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9062/ata_2255.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/9063/ata_2256.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6603/anteprojeto_1_de_1992.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6600/anteprojeto_2_de_1992.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6582/anteprojeto_3_de_1992.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6581/anteprojeto_4_de_1992.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6499/anteprojeto_5b_de_1992.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6524/anteprojeto_6_de_1992.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6521/anteprojeto_7a_de_1992.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6493/anteprojeto_8_de_1992.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6580/anteprojeto_5a_de_1992.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6544/anteprojeto_7b_de_1992.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5757/projeto_de_decreto_01_1992.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5866/projeto_de_decreto_02_1992.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5754/projeto_de_decreto_03_1992.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5755/projeto_de_decreto_04_1992.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5756/projeto_de_decreto_05_1992.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5743/projeto_de_decreto_06_1992.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5746/projeto_de_decreto_07_1992.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5747/projeto_de_decreto_08_1992.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5748/projeto_de_decreto_09_1992.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5749/projeto_de_decreto_10_1992.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/5750/projeto_de_decreto_11_1992.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6597/projeto_1_de_1992.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6604/projeto_2_de_1992.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6589/projeto_3_de_1992.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6588/projeto_4_de_1992.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6587/projeto_5_de_1992.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6586/projeto_6_de_1992.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10830/projeto_de_lei_ordinaria_07-1992.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6585/projeto_8_de_1992.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10829/projeto_de_lei_09-1992.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6579/projeto_10_de_1992.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6578/projeto_11_de_1992.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10828/projeto_de_lei_12-1992.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6577/projeto_13_de_1992.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6576/projeto_14_de_1992.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6575/projeto_15_de_1992.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6573/projeto_16_de_1992.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6574/projeto_17_de_1992.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6572/projeto_18_de_1992.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6571/projeto_19_de_1992.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6570/projeto_20_de_1992.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10827/projeto_de_lei_ordinaria_21-1992.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6569/projeto_22_de_1992.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6494/projeto_23_de_1992.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6496/projeto_24_de_1992.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6495/projeto_25_de_1992.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6497/projeto_26_de_1992.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6498/projeto_27_de_1992.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6504/projeto_28_de_1992.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6500/projeto_29_de_1992.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6501/projeto_30_de_1992.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6525/projeto_31_de_1992.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6527/projeto_32_de_1992.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10826/projeto_de_lei_33-1992.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6526/projeto_34_de_1992.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6533/projeto_35_de_1992.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6539/projeto_36_de_1992.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6522/projeto_37_de_1992.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/10821/projeto_de_lei_ordinaria_38-1992.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6535/projeto_39_de_1992.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6523/projeto_40_de_1992.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6536/projeto_41_de_1992.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6534/projeto_42_de_1992.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6541/projeto_44_de_1992.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6540/projeto_45_de_1992.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6546/projeto_46_de_1992.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6542/projeto_48_de_1992.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6543/projeto_49_de_1992.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6547/projeto_50_de_1992.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/6545/projeto_51_de_1992.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/4189/projeto_de_resolucao_01_92.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/4114/projeto_de_resolucao_02_1992_ok.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/1992/4061/projeto_de_resolucao_03_1992.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="170.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>