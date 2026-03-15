--- v0 (2026-01-12)
+++ v1 (2026-03-15)
@@ -51,4324 +51,4324 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata Sessão Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1024/1024_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1024/1024_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL, CENTO E VINTE E NOVE (3.129)</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1025/1025_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1025/1025_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL, CENTO E TRINTA (3.130)</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1026/1026_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1026/1026_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E TRINTA E UM (3.131)</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1027/1027_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1027/1027_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E TRINTA E DOIS (3.132)</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1028/1028_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1028/1028_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E TRINTA E SEIS (3.136)</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1091/1091_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1091/1091_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E QUARENTA E SEIS (3.146)</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1092/1092_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1092/1092_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL, CENTO E QUARENTA E SETE (3.147)</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1093/1093_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1093/1093_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E QUARENTA E OITO (3.148)</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1094/1094_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1094/1094_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E QUARENTA E NOVE (3.149)</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1095/1095_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1095/1095_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E CINQUENTA (3.150)</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1096/1096_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1096/1096_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL, CENTO E CINQUENTA E UM (3.151)</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1097/1097_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1097/1097_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL, CENTO E CINQUENTA E DOIS (3.152)</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1098/1098_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1098/1098_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL, CENTO E CINQUENTA E TRÊS (3.153)</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1099/1099_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1099/1099_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL, CENTO E CINQUENTA E QUATRO (3.154)</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1100/1100_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1100/1100_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E CINQUENTA E CINCO (3.155)</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1101/1101_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1101/1101_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E CINQUENTA E SEIS (3.156)</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1102/1102_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1102/1102_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E CINQUENTA E SETE (3.157)</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1103/1103_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1103/1103_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E CINQUENTA E OITO (3.158)</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1104/1104_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1104/1104_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E CINQUENTA E NOVE (3.159)</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1105/1105_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1105/1105_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SESSENTA (3.160)</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1106/1106_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1106/1106_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SESSENTA E UM (3.161)</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1107/1107_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1107/1107_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SESSENTA E DOIS (3.162)</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1108/1108_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1108/1108_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SESSENTA E TRÊS (3.163)</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1109/1109_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1109/1109_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SESSENTA E QUATRO (3.164)</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SESSENTA E CINCO (3.165)</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SESSENTA E SEIS (3.166)</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1010/1010_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1010/1010_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SESSENTA E SETE (3.167)</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1011/1011_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1011/1011_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SESSENTA E OITO (3.168)</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1012/1012_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1012/1012_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SESSENTA E NOVE (3.169)</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1013/1013_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1013/1013_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SETENTA (3.170)</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1014/1014_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1014/1014_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SETENTA E UM (3.171)</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1015/1015_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1015/1015_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SETENTA E DOIS (3.172)</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1016/1016_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1016/1016_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL CENTO E SETENTA E TRÊS (3.173)</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1017/1017_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1017/1017_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL, CENTO E SETENTA E QUATRO (3.174)</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1018/1018_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1018/1018_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA NÚMERO TRÊS MIL, CENTO E SENTENTA E CINCO (3.175)</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>RENATO AFONSO</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/345/345_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/345/345_texto_integral.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Carlos Bosch logradouro público municipal que especifica.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/346/anteprojeto_de_lei_n_02_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/346/anteprojeto_de_lei_n_02_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua João Pierin logradouro público municipal que especifica.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/347/anteprojeto_de_lei_n_03_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/347/anteprojeto_de_lei_n_03_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Yolanda Hirt Pierin logradouro público municipal que especifica.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/348/anteprojeto_de_lei_n_04_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/348/anteprojeto_de_lei_n_04_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Beatriz Pierin de Barros e Silva logradouro público municipal que especifica.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Wilmar José Horning - Lilo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/372/anteprojeto_de_lei_n_05_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/372/anteprojeto_de_lei_n_05_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Adão Deda o logradouro público municipal que especifica.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/373/anteprojeto_de_lei_n_06_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/373/anteprojeto_de_lei_n_06_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Paulo César Ferreira Scholz o logradouro público municipal que especifica.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/374/anteprojeto_de_lei_n_07_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/374/anteprojeto_de_lei_n_07_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua João Maria Ferrari o logradouro público municipal que especifica.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/390/anteprojeto_de_lei_n_08_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/390/anteprojeto_de_lei_n_08_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Therezinha Pinto Dias o logradouro público municipal que especifica.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/391/anteprojeto_de_lei_n_09_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/391/anteprojeto_de_lei_n_09_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Odenir Hammerschmidt o logradouro público Municipal que especifica.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/392/anteprojeto_de_lei_n_10_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/392/anteprojeto_de_lei_n_10_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua José Pazzinatto o logradouro público Municipal que especifica.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>ME - Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/299/anteprojeto_de_lei_n_11_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/299/anteprojeto_de_lei_n_11_2013.pdf</t>
   </si>
   <si>
     <t>Altera o anexo II – Quadro de Cargos Permanentes, parte integrante da Lei nº 1774/2004, já alterado pelas Leis 1837/2005, 1873/2005, 1964/2006, 2281/2009, 2283/2009, 2318/2009 e 2552/2011, que dispõe sobre o quadro de pessoal e institui o plano de cargos e salários do Poder Legislativo Municipal de Lapa, e dá outras providências.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/298/anteprojeto_de_lei_n_12_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/298/anteprojeto_de_lei_n_12_2013.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei Municipal nº 2805, de 07 de Janeiro de 2013.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>CÉLIO GUIMARÃES</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/492/anteprojeto_de_lei_n_13_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/492/anteprojeto_de_lei_n_13_2013.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública, no âmbito Municipal, a Anjo Azul – Associação Lapeana de Apoio ao Autista.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/308/308_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>Coloca cargos em extinção de provimento efetivo, do quadro de pessoal do Poder Legislativo da Lapa, e dá outras providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Dango Leonardi</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/344/anteprojeto_de_lei_n_15_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/344/anteprojeto_de_lei_n_15_2013.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública, no âmbito Municipal o Lapa Moto Club.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>MÁRIO PADILHA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/414/anteprojeto_de_lei_n_16_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/414/anteprojeto_de_lei_n_16_2013.pdf</t>
   </si>
   <si>
     <t>Disciplina o exercício das atividades dos profissionais de “moto-táxi” e “moto-frete”, dispondo sobre regras de segurança na prestação de serviços de transporte remunerado em motocicletas no município de Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>VILMAR FÁVARO PURGA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/380/380_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t>“Proíbe a Inauguração no Município da Lapa – PR de Obra Pública não concluída, institui o “Habite-se Especial”, e da outras providências”.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>ARTHUR VIDAL, JOÃO RENATO LEAL AFONSO, MÁRIO PADILHA, Wilmar José Horning - Lilo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/423/anteprojeto_de_lei_n_18_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/423/anteprojeto_de_lei_n_18_2013.pdf</t>
   </si>
   <si>
     <t>Altera artigo 93 da Lei Municipal nº 2.280 e dá outras providências.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/428/anteprojeto_de_lei_n_19_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/428/anteprojeto_de_lei_n_19_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação do SESMT – Serviço Especializado em Engenharia de Segurança e em Medicina do Trabalho, no âmbito da Prefeitura Municipal da Lapa-PR.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/437/anteprojeto_de_lei_n_20_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/437/anteprojeto_de_lei_n_20_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir no âmbito do Município da Lapa o Programa Bolsa Esporte e dá outras providencias.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/493/anteprojeto_de_lei_n_21.2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/493/anteprojeto_de_lei_n_21.2013.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública, no âmbito Municipal, a Associação Congada da Lapa.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/463/anteprojeto_de_lei_n_22_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/463/anteprojeto_de_lei_n_22_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Amadeu Machado de Camargo o Sistema de água tratada da Comunidade do Passa Dois.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/491/anteprojeto_de_lei_n_23.2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/491/anteprojeto_de_lei_n_23.2013.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Farmácia 24 horas na Unidade de Pronto Atendimento do Município da Lapa – UPA, e dá outras providências.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/464/anteprojeto_de_lei_n_24_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/464/anteprojeto_de_lei_n_24_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Miguel Lechinhoski, o logradouro público Municipal que especifica.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/479/anteprojeto_de_lei_n_25_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/479/anteprojeto_de_lei_n_25_2013.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos incisos dos artigos 3° e 4° da Lei 2768/2012 e dá outras providências.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/465/anteprojeto_de_lei_n_26_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/465/anteprojeto_de_lei_n_26_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua João José Ganzert o logradouro público Municipal que especifica.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/494/anteprojeto__de_lei_n_27_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/494/anteprojeto__de_lei_n_27_2013.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a presença de um (a) monitor (a) nos veículos que transportarem passageiros da área da saúde da Lapa para outros Municípios e dá outras providências.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/528/anteprojeto_de_lei_n_28_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/528/anteprojeto_de_lei_n_28_2013.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública, no âmbito Municipal, a Associação de Pais, Mestres e Funcionários (APMF) do Colégio Estadual do Campo Contestado.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/569/569_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA PERMANÊNCIA DE POSTO DE SAÚDE E FARMÁCIA ABERTAS À POPULAÇÃO EM FERIADOS PROLONGADOS, SÁBADOS E DOMINGOS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/538/anteprojeto_de_lei_n_30_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/538/anteprojeto_de_lei_n_30_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre prazos para realização de consultas e exames médicos especializados nas unidades da rede Pública Municipal de Saúde; juntamente com o fornecimento de relação das consultas e exames médicos especializados agendados nas unidades trimestralmente pelas unidades de saúde do Município.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/570/anteprojeto_de_lei_n_31_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/570/anteprojeto_de_lei_n_31_2013.pdf</t>
   </si>
   <si>
     <t>Determina prazo para atendimento em consultas clínicas e exames realizados pela rede pública municipal de saúde às pessoas com idade igual ou superior a sessenta e cinco anos no município da LAPA-PR.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/556/anteprojeto_de_lei_n_32_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/556/anteprojeto_de_lei_n_32_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da distribuição de merenda diferenciada para alunos diabéticos, hipoglicêmicos e celíacos matriculados nas escolas municipais.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/557/anteprojeto_de_lei_n_33_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/557/anteprojeto_de_lei_n_33_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de PEDRO ALVES DOS SANTOS o logradouro público municipal que especifica.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/550/anteprojeto_de_lei_n_34_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/550/anteprojeto_de_lei_n_34_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exibição de aviso nas bombas de abastecimento de combustível, com o percentual da diferença de preço entre a gasolina comum e o etanol (álcool combustível), e dá outras providências.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/539/anteprojeto_de_lei_n_35_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/539/anteprojeto_de_lei_n_35_2013.pdf</t>
   </si>
   <si>
     <t>“Proíbe os estabelecimentos comerciais e pessoas físicas ou jurídicas a venda de tinta spray para menores de 18 anos, estabelece sanções aos pichadores e dá outras providências”.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/571/anteprojeto_de_lei_n_36_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/571/anteprojeto_de_lei_n_36_2013.pdf</t>
   </si>
   <si>
     <t>Institui o programa de vacinação em professores, profissionais de apoio e voluntários que lidam com crianças e adolescentes em instituições de ensino municipais e estaduais no âmbito do Município da Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/564/anteprojeto_de_lei_n_37_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/564/anteprojeto_de_lei_n_37_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Gustavo Weiss o logradouro público Municipal que especifica.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/566/anteprojeto_de_lei_n_38_2013.pdf_xc.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/566/anteprojeto_de_lei_n_38_2013.pdf_xc.pdf</t>
   </si>
   <si>
     <t>Autoriza a implantação de placas de nomenclatura nas estradas vicinais do município.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/583/anteprojeto_de_lei_n_39_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/583/anteprojeto_de_lei_n_39_2013.pdf</t>
   </si>
   <si>
     <t>Oficializa a instituição das Competições Escolares Lapianas no âmbito do Município de Lapa-PR e dá outras providências.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/584/584_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t>Estabelece a possibilidade do agendamento telefônico de consultas para pacientes idosos e para pessoas com deficiências já cadastrados nas unidades de saúde do Município de Lapa-PR e dá outras providências.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/601/41_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/601/41_2013.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA, NO ÂMBITO MUNICIPAL, A ASSOCIAÇÃO DE PAIS E MESTRES DA ESCOLA MUNICIPAL ABIGAIL CORTES.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/602/anteprojeto_de_lei_n_42.2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/602/anteprojeto_de_lei_n_42.2013.pdf</t>
   </si>
   <si>
     <t>Instituí o Dia Municipal da Guarda Responsável de animais e dá outras providências.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Vários Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/603/anteprojeto_43-2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/603/anteprojeto_43-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA PORTEIRA ADENTRO, QUE TEM COMO OBJETIVO AUXILIAR NA EXECUÇÃO DE OBRAS DE INFRAESTRUTURA PREFERENCIALMENTE NAS PEQUENAS PROPRIEDADES RURAIS NO MUNICÍPIO DA LAPA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>DIRCEU RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/610/anteprojeto_de_lei_n_44_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/610/anteprojeto_de_lei_n_44_2013.pdf</t>
   </si>
   <si>
     <t>Denomina de Centro Histórico Sérgio Augusto Leoni o logradouro público Municipal que especifica.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/632/632_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA A APRESENTAÇÃO DE NO MÍNIMO UMA BANDA E/OU ARTISTA LOCAL NAS FESTAS E EVENTOS REALIZADOS E APOIADOS PELA PREFEITURA MUNICIPAL DA LAPA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/633/anteprojeto_de_lei_n_46_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/633/anteprojeto_de_lei_n_46_2013.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública, no âmbito Municipal, a Associação de Pais e Mestres da Escola Rural Municipal Brasilino Ferreira de Almeida e dá outras providências.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>CÉLIO GUIMARÃES, Dango Leonardi, VILMAR FÁVARO PURGA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/644/anteprojeto_de_lei_n_47.2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/644/anteprojeto_de_lei_n_47.2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gratuidade de Serviços de Transporte Coletivo no âmbito do Município da Lapa/Pr, às pessoas com idade igual ou superior a sessenta e cinco anos.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/649/649_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS GERAIS URBANÍSTICAS PARA A INSTALAÇÃO DE ESTRUTURAS DE SUPORTE DAS ESTAÇÕES RÁDIO BASE E EQUIPAMENTOS AFINS AUTORIZADOS E HOMOLOGADOS PELA AGÊNCIA NACIONAL DE TELECOMUNICAÇÕES, NOS TERMOS DA LEGISLAÇÃO FEDERAL VIGENTE.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/310/310_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE O MANILHAMENTO NO FINAL DA RUA CARLOS WEIL ATÉ AS IMEDIAÇÕES DO GALPÃO NATIVISTA TIO TONINHO.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/311/311_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE EM REGIME DE URGÊNCIA A INSTALAÇÃO DE UM SEMÁFORO OU UMA ROTATÓRIA NA ESQUINA DA RUAS CAETANO MUNHOZ DA ROCHA E JOÃO CÂNDIDO FERREIRA.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/312/312_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE SEJA INSERIDO NO CRONOGRAMA DE OBRAS A CONFECÇÃO DE UMA CICLOVIA AO LONGO DAS AVENIDAS CAETANO MUNHOZ DA ROCHA E MANOEL PEDRO.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/313/313_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A READEQUAÇÃO DAS ESTRADAS PRINCIPAL E VICINAIS DA LOCALIDADE DO FEIXO.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/314/314_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJAM TAPADOS OS BURACOS, PRÓXIMOS ÀS LOMBADAS, NA FRENTE DO COLÉGIO MUNICIPAL DR. MANOEL PEDRO.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/323/323_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJAM FEITOS REPAROS NA RUA CARLOS GOMES.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/322/322_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA ARRUMADA A PONTE  DA ESTRADA RURAL DA LOCALIDADE DE FEIXO, QUE LIGA À COMUNIDADE DE PAVÃO, A QUAL ENCONTRA-SE EM PÉSSIMO ESTADO DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/320/320_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJAM TROCADOS OS EXTINTORES DO POSTO DE SAÚDE DA LOCALIDADE RURAL DO FEIXO, OS QUAIS ENCONTRAM-SE VENCIDOS DESDE 2009.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/324/324_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFICIO AO EXECUTIVO MUNICIPAL SOLICITANDO O PATROLAMENTO NA ESTRADA PRINCIPAL E TAMBÉM NAS ESTRADAS DE ACESSO AS LAVOURAS DA COMUNIDADE AGUA AZUL KM 112, SENDO HOJE KM 246.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/317/317_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL O PATROLAMENTO DE ACESSO AS LAVOURAS DA COMUNIDADE DE ÁGUA AZUL DE CIMA E DE BAIXO.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/325/325_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PATROLAMENTO NA ESTRADA PRINCIPAL E NAS DE ACESSO ÀS LAVOURAS. TAMBÉM QUE SEJA ENVIADO TRÊS CARGAS DE SAIBRO PARA MELHORIAS EM FRENTE À RESIDÊNCIA DO SENHOR RENÊ GORESKE FERREIRA NA COMUNIDADE DO BONITO.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/326/326_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PATROLAMENTO E SAIBRAMENTO NA ESTRADA PRINCIPAL QUE DÁ ACESSO PALMITAL DE CIMA A ÁGUA AZUL.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/321/321_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, RECUPERAÇÃO DE UMA FAIXA DA RUA CARLOS GOMES NA QUADRA ENTRE AS RUAS SERAFIM FERREIRA DE ALMEIDA MACIEL E A RUA DO CONTESTADO, NO BAIRRO DO ENGENHO.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/319/319_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA VERIFICADO A POSSIBILIDADE DE SE CONSTRUIR LOMBADA, A RUA DUQUE DE CAXIAS ENTRE AS QUADRAS DA RUA SOUZA NAVES E A TREZE DE MAIO, PRÓXIMO A SECRETARIA DE  MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>ARTHUR VIDAL</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/318/318_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A READEQUAÇÃO DA ESTRADA RURAL MUNICIPAL DO CAPÃO BONITO , MAIS PRECISAMENTE ENTRE A PEDREIRA DO ANTILINHO PASSANDO A PELA FAZENDA FAZENDA DE EDSON JOSE BAGGIO PINTO ATÉ AS PROPRIEDADES DOS SENHORES LUIZ ALEXANDRE CORDEIRO E DE ODIVAL HORNING.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/327/327_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A READEQUAÇÃO DA ESTRADA DO PASSA DOIS, MAIS PRECISAMENTE NA ENTRADA DO RESTAURANTE PAU TORTO ATÉ A PROPRIEDADE DOS WROBLESKI E O ACESSO DA PROPRIEDADE DO SR. HUMBERTO GUTERVILLE.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/328/328_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A INSTALAÇÃO DE UM PARQUINHO INFANTIL NAS DEPENDÊNCIAS DO PARQUE LINEAR PEDRO CORDEIRO MENDES.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/329/329_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA  QUE  PROVIDENCIA A READEQUAÇÃO DA ESTRADA DE ACESSO A PROPRIEDADE DO SR. GILMAR WROBLESKI NA LOCALIDADE DO CARACOL.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/330/330_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL QUE PROVIDENCIE O MANILHAMENTO DA RUA ANDRÉ HAMMERSCHIMITT NA MARIENTAL.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/332/332_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA VERIFICADO A POSSIBILIDADE DE SE CONSTRUIR LOMBADA, NA RUA MINAS GERAIS ENTRE AS QUADRAS DA RUA MATO GROSSO E A RUA RIO GRANDE DO SUL.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/333/333_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA RECUPERADA A RUA CONSELHEIRO ALVES DE ARAUJO DA RUA SENADOR SOUZA NAVES EM DIREÇÃO AO ALTO DA LAPA, NA PARTE ONDE EXISTIA PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/334/334_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA RECUPERADA A RUA GUSTAVO KUSS, SE POSSÍVEL EM SUA TOTALIDADE.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/335/335_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJAM FEITOS AS MELHORIAS NECESSÁRIAS DA RUA CONSELHEIRO ALVES DE ARAÚJO, INICIANDO NA RUA SOUZA NAVES SENTIDO LAGOA GORDA.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/336/336_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE A BALSA "JOÃO AZAMBUJA" QUE OPERA NA TRAVESSIA SOBRE O RIO IGUAÇU, NA LOCALIDADE DE MATO QUEIMADO SEJA IMEDIATAMENTE REFORMADA, BEM COMO SUA ESTRUTURA SEJA READEQUADA CONFORME ORIENTAÇÃO DA MARINHA DO BRASIL.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/337/337_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE CONSTRUIR UM POÇO ARTESIANO E SUA DEVIDA DISTRIBUIÇÃO DE ÁGUA PARA AS RESIDÊNCIAS NA LOCALIDADE DE CAMPO DE TELHA.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/338/338_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE O REVESTIMENTO PRIMÁRIO COM SAIBRO, PATROLAMENTO E COMPACTAÇÃO DE TODAS AS VIAS MARGINAIS DA RODOVIA DO XISTO NA REGIÃO DA MARIENTAL.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/339/339_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A READEQUAÇÃO DAS ESTRADAS DE RESTINGA EM MARIENTAL.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/340/340_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A READEQUAÇÃO E COLOCAÇÃO DE PEDRAS NAS ESTRADAS DOS SENHORES DIRCEU E BIANOR SCHUSTER EM COLÔNIA JOHANESDORF.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/341/341_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A READEQUAÇÃO DAS ESTRADAS DE ACESSO AS PROPRIEDADES DOS SENHORES PAULO SERA E JOÃO GIOVANI MAYER DE LIMA EM COLÔNIA SÃO CARLOS.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/342/342_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE O MANILHAMENTO NA RUA JORGE MULLER, MAIS PRECISAMENTE PRÓXIMO A RESIDÊNCIA DO SR. ANDERSON MAYER EM MARIENTAL.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/349/349_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITA MUNICIPAL PARA QUE DETERMINE URGENTEMENTE À SECRETARIA DE INFRAESTRUTURA, OBRAS PÚBLICAS E TRANSPORTES, QUE PROCEDA OS REPAROS QUE SE FIZEREM NECESSÁRIOS PARA EFETUAR CONSERTO NA RUA CONSELHEIRO ALVES DE ARAÚJO, EM FRENTE À CASA DE Nº 242, À APROXIMADAMENTE 20 (VINTE) METROS DA RUA TREZE DE MAIO.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/350/350_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJAM COLOCADOS BANCOS NA SALA DE ESPERA DO POSTO DE SAÚDE DA LOCALIDADE DO FEIXO, BEM COMO ALOCADO CORRIMÃO NO CAMINHO ATÉ O BANHEIRO DESTINADO À PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/351/351_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A ABERTURA DE UMA ESTRADA NAS PROXIMIDADES DO CEMITÉRIO DA MARIENTAL.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/352/352_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A CONFECÇÃO DE UM BUEIRO NA RUA FRANCISCO MULLER EM MARIENTAL PRÓXIMO A RESIDÊNCIA DA SRA. CLAUDETE HORNING</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/353/353_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A CONFECÇÃO DE UM BUEIRO, PATROLAMENTO E ENSAIBRAMENTO NA ESTRADA DE ACESSO A PROPRIEDADE DO SR. JAIR DELAZARI, MAIS PRECISAMENTE NA LOCALIDADE DOS MORDASKI EM MARIENTAL.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/354/354_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO OFÍCIO POR ESTA CASA DE LEIS À COOPERATIVA MISTA BOM JESUS, SOLICITANDO QUE ESTA SE MANIFESTE NO SENTIDO DE OFERECER MAIORES INFORMAÇÕES COM RELAÇÃO AOS PROCEDIMENTOS QUE SÃO ATUALMENTE ADOTADOS PARA A DESTINAÇÃO CORRETA DOS RESÍDUOS DA SECAGEM DE MILHO, BEM COMO A COOPERATIVA INFORME AINDA QUAIS SÃO OS INVESTIMENTOS QUE ESTÃO SENDO PREVISTOS OU REALIZADOS PELA EMPRESA VISANDO UMA MELHOR DESTINAÇÃO DOS MENCIONADOS RESÍDUOS.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/355/355_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/355/355_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE O ALARGAMENTO DA ESTRADA DA RESTINGA, MAIS PRECISAMENTE PRÓXIMO A PROPRIEDADE DO SR. AUGUSTINHO ASKI.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/356/356_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A READEQUAÇÃO DA CONTINUAÇÃO DA RUA DUQUE DE CAXIAS NO TRECHO AINDA NÃO ASFALTADO.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/357/357_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/357/357_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PATROLAMENTO NA ESTRADA PRINCIPAL DE RIO DE AREIA E TAMBÉM AS DE ACESSO AS RESIDÊNCIAS E LAVOURAS.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/358/358_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/358/358_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PATROLAMENTO E SAIBRAMENTO NAS ESTRADAS PRINCIPAIS DE PEDRA LISA, PAIQUERE, FLORESTA SÃO JOÃO, FAZENDA DOS FORJO, ESPIGÃO BRANCO, CAMPINA DAS DORES E FAXINAL DOS CORREIA E AS DE ACESSO AS RESIDÊNCIAS E LAVOURAS DOS AGRICULTORES.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/359/359_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO A CONSTRUÇÃO DE UM POÇO ARTESIANO NA COMUNIDADE DE PRACINHA SANTOS REIS.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/360/360_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/360/360_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PATROLAMENTO NA ESTRADA PRINCIPAL DE PEDRA LISA E AS DE ACESSO AS RESIDÊNCIAS E LAVOURAS DOS AGRICULTORES.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/362/362_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CHEFE DO EXECUTIVO QUE REMETA A ESTE VEREADOR UMA LISTAGEM CONTENDO O NÚMERO DE VAGAS DE TÁXI QUE NOSSO MUNICÍPIO, INCLUINDO-SE TAMBÉM AS LOCALIDADES DO INTERIOR, OS LOCAIS ONDE TAIS VAGAS SÃO DISTRIBUÍDAS E POR FIM, UMA RELAÇÃO CONTENDO O NOME DOS TAXISTAR QUE POSSUEM CONCESSÃO E ATUAM NO MUNICÍPIO BEM COMO O LOCAL ONDE ELES SE LOCALIZAM.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/363/363_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO GOVERNADOR DO ESTADO DO PARANÁ, QUE SEJA INSTALADA UMA ACADEMIA AO AR LIVRE, NAS DEPENDÊNCIAS DO HOSPITAL REGIONAL SÃO SEBASTIÃO NO MUNICÍPIO DA LAPA.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/364/364_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA COLOCADA UMA LOMBADA NA RUA ÂNGELO CAUS, PRÓXIMO AO SALÃO DE CABELEIREIRO SHALOM E A BANCA DA JÔ.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/365/365_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A READEQUAÇÃO DA RUA FREDERICO WIRMOND, MAIS PRECISAMENTE ENTRE A AV. GETÚLIO VARGAS ATÉ A RUA FRANCISCO VIDAL, PRÓXIMO A AABB.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/366/366_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE EM REGIME DE URGÊNCIA A LIMPEZA DAS CANALETAS, E O CORTE DO MATO DA AVENIDA DO MONGE, NAS PROXIMIDADES DA VILA CRISTO REI.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/367/367_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PATROLAMENTO E ENSAIBRAMENTO NAS ESTRADAS PRINCIPAIS DO PRIMEIRO FAXINAL, SEGUNDO FAXINAL E CAMPINA DOS DIAS.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/368/368_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO A DISPONIBILIZAÇÃO DE UM MÉDICO PARA ATENDER NO MINIPOSTO DE SAÚDE NA COMUNIDADE DE CAMPINA DOS DIAS.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/375/375_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CHEFE DO EXECUTIVO MUNICIPAL PARA QUE SEJAM EFETUADAS AS MELHORIAS QUE SE FIZEREM NECESSÁRIAS NA RUA DO PRÍNCIPE, ESQUINA COM A RUA GUANABARA, LOCALIZADAS NA VILA SÃO JOSÉ, COMO POR EXEMPLO A COLOCAÇÃO DE BOCA DE LOBO E CANALIZAÇÃO.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/376/376_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA RECUPERADA (PATROLAMENTO E ENSAIBRAMENTO), A MARGINAL PARALELA A BR 476, NA PARTE ENTRE A EMPRESA CANTINHO DAS TELHAS E A METALÚRGICA CASTELINHO.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/377/377_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA VERIFICADO A POSSIBILIDADE DE SE CONSTRUIR LOMBADA, NA RUA JOÃO JOSLIN DO VALE, PRÓXIMO A RUA MANOEL ANTÔNIO DA CUNHA.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/378/378_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO MELHORIAS COM SAIBRO OU PEDRISCO NA RUA DOUTOR JOSÉ FRANCISCO CORREIA, BAIRRO OLARIA, PRÓXIMO AO LAVA CAR DO CHICÃO.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>FENELON BUENO MOREIRA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/381/381_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CHEFE DO PODER EXECUTIVO QUE ESTA ADMINISTRAÇÃO PROCEDA A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM TRÂNSITO E FLUXO DE PEDESTRES PARA QUE ESTA APRESENTE ESTUDOS E PLANEJAMENTOS DE MUDANÇAS NAS RUAS DE NOSSA CIDADE, POIS CONFORME DELIBERADO, NOS ÚLTIMOS ANOS HOUVE UM CRESCIMENTO MUITO BRANDE DO NÚMERO DE VEÍCULOS E PEDESTRES EM NOSSO MUNICÍPIO E QUE A SITUAÇÃO ATUAL DE TRÁFEGO É PREOCUPANTE, VISTO QUE O NÚMERO DE VEÍCULOS IRÁ AUMENTAR AINDA MAIS NOS PRÓXIMOS ANOS, ENTENDENDO ESTES VEREADORES QUE A REALIZAÇÃO DE ESTUDOS E PROJETOS PARA MELHORAR TAL QUESTÃO É DE SUMA IMPORTÂNCIA PARA O DESENVOLVIMENTO LOCAL.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/382/382_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/382/382_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A ABERTURA DE UMA ESTRADA SECUDÁRIA PARA ACESSO A PROPRIEDADE DO SR. RENÊ BACH NA RUA BOM JESUS DOS PASSOS EM MARIENTAL POR MOTIVO DE LOTEAMENTO.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/383/383_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE AS BENFEITORIAS NECESSÁRIAS PARA O PERFEITO FUNCIONAMENTO DA ESCOLA MUNICIPAL MARTIN HAMMERSCHMIDT EM MARIENTAL.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/384/384_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CHEFE DO PODER EXECUTIVO MUNICIPAL QUE PROPONHA PERANTE ESTA CASA DE LEIS UM PROJETO DE LEI ALTERANDO O ARTIGO 264 DA LEI MUNICIPAL Nº 2280, DE 31 DE DEZEMBRO DE 2008, PARA QUE A LINCENÇA CONCEDIDA À SERVIDORA GESTANTE SEJA AUMENTADA EM MAIS 60 (SESSENTA) DIAS.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/385/385_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A COLOCAÇÃO OU A FEITURA DE 3 LOMBADAS DE ELEVAÇÃO NA LOCALIDADE DE ÁGUA AZUL.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/386/386_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DA INSTALAÇÃO DE AGÊNCIA DE CORREIO COMUNITÁRIO NA LOCALIDADE DE LAGOA GORDA.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/393/393_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CHEFE DO EXECUTIVO MUNICIPAL PARA QUE SEJA INCLUÍDO NO PPA - PLANO PLURIANUAL, A SER ELABORADO PELO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA CLÍNICA ESPECIALIZADA PARA TRATAMENTO DE DIABETES, COM PROCEDIMENTOS PARA REALIZAÇÃO DE HEMODIÁLISE.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/394/394_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA PAVIMENTADA A RUA CORONEL JOÃO PACHECO, NO BAIRRO JARDIM BARCELONA.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/395/395_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO CIRCUITO DE CORRIDA DO MODULO ESPORTIVO LOCALIZADO NA VILA SÃO JOSÉ.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/396/396_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CHEFE DO EXECUTIVO MUNICIPAL PARA QUE DETERMINE À SECRETARIA COMPETENTE QUE SEJA PINTADO FAIXAS AMARELAS DELIMITANDO LOCLA PROIBIDO DE ESTACIONAMENTO NA RUA BARÃO DO RIO BRANCO, EM ESPECIAL EM FRENTE AO Nº 1737, INDICANDO LOCAL DE ENTRADA E SAÍDA DE VEÍCULOS.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/397/397_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CHEFE DO EXECUTIVO MUNICIPAL PARA QUE DETERMINE À SECRETARIA COMPETENTE QUE SEJA INSTALADA UMA LOMBADA OU REDUTARO DE VELOCIDADE EM FRENTE A UPA - UNIDADE DE PRONTO ATENDIMENTO.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/398/indicacao_n_87_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/398/indicacao_n_87_2013.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE SEJA INSERIDO NO CRONOGRAMA DE OBRAS DO MUNICÍPIO A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NAS DEPENDÊNCIAS DO ANTIGO MÓDULO DA VILA SÃO JOSÉ.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/399/399_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE O MANILHAMENTO NA RUA SANTO ANTÔNIO EM MARIENTAL, MAIS PRECISAMENTE PRÓXIMO A PROPRIEDADE DO SR. PEDRO FABIENSKI.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/400/400_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, REQUE QUE SEJA ENVIADO UMA RETROESCAVADEIRA PARA FAZER ABERTURAS DAS VALETAS QUE FAZEM O ESCOAMENTO DAS ÁGUAS NA ESTRADA PRINCIPAL DE CARQUEJA AO PALMITAL.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/401/401_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/401/401_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, REQUE O FEITIO DE UM BUEIRO COM MANILHA DE 60 CM, NA ESTRADA PRINCIPAL DE PALMITAL DE BAIXO, PRÓXIMO A RESIDÊNCIA DO SR. MAURO GONSALVES.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/402/402_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, O PATRULAMENTO E ENSAIBRAMENTO DA ESTRADA SITUADA À 1ª ESQUERDA APÓS O BAR DO SANTINOR, NA COMUNIDADE DE MATO PRETO POVINHO. TAMBÉM HÁ A NECESSIDADE URGENTE DO CONSERTO DE UM BUEIRO QUE ESTÁ DESBARRANCANDO, OFERECENDO PERIGO AOS VEÍCULOS QUE POR ALI TRAFEGAM.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/406/406_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/406/406_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO, PARA QUE SEJA VIABILIZADA COM URGÊNCIA A CONSTRUÇÃO DE UM MATADOURO MUNICIPAL, PARA ATENDER A DEMANDA HOJE EXISTENETE EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/407/407_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/407/407_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, QUE SEJA INSTALADA BARRAS FIXAS NO PARQUE LINEAR, PARA A PRÁTICA DE ATIVIDADES FÍSICAS PELA POPULAÇÃO QUE FREQUENTA O LOCAL.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/408/408_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE EM CARÁTER DE URGÊNCIA A READEQUAÇÃO  COM REVESTIMENTO PRIMÁRIO EM PEDREGULHO E COMPACTAÇAÕ NA RUA CECÍLIA HORNING TETTER EM MARIENTAL.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/409/409_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/409/409_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE ATRAVÉS DE UM CONSENTIMENTO COM A CMTC PROVIDENCIE PLACAS DE SINALIZAÇÃO DE LIMITAÇÃO DE VELOCIDADE NAS AVENIDAS ALOISIO LEONI, MANOEL PEDRO, CAETANO MUNHOZ DA ROCHA, J. K. E JOÃO JOSLIN DO VALLE.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/413/413_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/413/413_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CHEFE DO EXECUTIVO MUNICIPAL PARA QUE DETERMINE À SECRETARIA COMPETENTE QUE SEJA DISPONIBILIZADO, NO LOCAL, UMA AMBULÂNCIA COM MOTORISTA NOS DIAS 04 E 05 DO MÊS DE MAIO DESTE ANO, NOS PERÍODOS DE 18:00 HS ÀS 22:00 HS NO DIA 04/5/2013 E DAS 09:30 ÀS 12:00 HS E DAS 13:30 ÀS 17:00 HS NO DIA 05/05//2013. INFORMO AINDA, QUE TAL PEDIDO É PARA APOIAR NA REALIZAÇÃO DO VI CAMPEONATO PARANAENSE DE KUNG FU, SENDO QUE O LOCAL DO MESMO SERÁ NA ASSOCIAÇÃO RECREATIVA SEARA.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/415/415_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PATROLAMENTO, SAIBRAMENTO E O FEITIO DE UM BUEIRO COM MANILHAS DE 40 CM NA ESTRADA PRINCIPAL, QUE DÁ ACESSO A RESIDÊNCIA DO S. LUCAS OLAVO NA COMUNIDADE DE AMARO MATO PRETO.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/416/416_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UM ABRIGO E A DISPONIBILIZAÇÃO DE UM BANHEIRO EXTERNO NAS DEPENDÊNCIAS DO POSTO DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/417/417_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO ESTADUAL, GOVERNADO CARLOS ALBERTO RICHA PARA QUE O MESMO DETERMINE QUE SEJA ELEVADO A 1ª CIPM - COMPANHIA INDEPENDENTE POLÍCIA MILITAR "BRAVOS DA LAPA" PARA "BATALHÃO HISTÓRICO DA POLÍCIA MILITAR DA LAPA".</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/418/418_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/418/418_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PATROLAMENTO, E SAIBRAMENTO NA ESTRADA PRINCIPAL QUE DÁ ACESSO A RESIDÊNCIA DO SR. VALDENOR CAVALHEIRO EM MATO PRETO MACHADO.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/419/419_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA, ATRAVÉS DA CMTC QUE PROVIDENCIE A CONFECÇÃO DE UM LOMBADA NA RUA AMINTAS DE BARROS EM FRENTE À CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/420/420_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA, QUE PROVIDENCIE, EM REGIME DE "URGÊNCIA", UMA MELHOR ADAPTAÇÃO AO PRÉDIO QUE HOJE ALOCA A COOPERATIVA DE RECICLADOS, NA RUA OTÁVIO JOSÉ KUSS, ANTIGO PARQUE DE MÁQUINAS, ALÉM DE INSTALAÇÃO DE UMA BALANÇA, QUE INCLUSIVE JÁ SE ENCONTRA NO LOCAL.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/430/430_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/430/430_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL PARA FAZER PAVIMENTAÇÃO ASFALTICA  NA RUA ROBERTO HOFFMANN, NO JARDIM ESPLANADA</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/431/431_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NECESSÁRIAS NA RUA GUSTAVO KUSS</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/432/432_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇAO DE UMA LOMBADA ALONGADA NA RUA AMINTAS DE BARROS, PRÓXIMO AO EDUCANDÁRIO</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/429/429_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/429/429_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL QUE PROVIDENCIE A READEQUAÇAO DAS ESTRADAS PRINCIPAIS E VICINAIS DA COMUNIDADE DO MARAFIGO</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/439/439_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/439/439_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA CONSTRUÍDA UMA LOMBADA NA RUA AMINTAS DE BARROS, PRÓXIMO AO NÚMERO 806.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/452/452_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/452/452_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO O CORTE DE PINHEIROS NA VILA SÃO JOSÉ POIS OS MESMOS ESTAO LEVANDO RISCO AOS MORADORES</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/453/453_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/453/453_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO QUE SEJA PROVIDENCIADO REPAROS NA ESTRADA RURAL LOCALIZADA A DIREITA DO KM 246 DA BR 476, NA LOCALIDADE DE AGUAZULZINHA, PROXIMO A IGREJA NOSSA SENHORA DAS GRAÇAS.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/451/451_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PAVIMENTAÇAO DO BECO PASTOR WIEDMER, FUNDOS DO VIVA BEM ESPORTE E LASER</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/449/449_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/449/449_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTACAO ASFALTICA NA RUA BELARMINO DA SILVEIRA</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/577/577_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR QUE SEJAM DESENTUPIDOS OS BUEIROS, BEM COMO REALIZADO O PATROLAMENTO DO CRUZAMENTO DAS RUAS JOÃO FRANCISCO MARIANO COM A MARECHAL CÂNDIDO RONDON, NO BAIRRO DOM PEDRO II.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/576/576_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL QUE SEJA EFETUADO ATRAVÉS DO DEPARTAMENTO DE HABITAÇÃO E URBANISMO, CADASTRAMENTO TÉCNICO-IMOBILIÁRIO DOS IMÓVEIS E DOS LOGRADOUROS DO BAIRRO SÃO LUCAS.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/575/575_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPAROS QUE SE FIZEREM NECESSÁRIOS, PRINCIPALMENTE PATROLAMENTO E COLOCAÇÃO DE CASCALHOS NA ESTRADA RURAL QUE LIGA A IGREJA DO ESPIGÃO BRANCO À LOCALIDADE DE MONTE SECO, CUJA QUAL TEM APROXIMADAMENTE 4 (QUATRO) QUILÔMETROS.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/574/574_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO MELHORIAS NO MATA BURRO NA COMUNIDADE DA CARQUEJA.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/573/573_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO O FEITO DE DOIS BUEIROS COM MANILHA DE 60 CM NA ESTRADA QUE DÁ ACESSO AS LAVOURAS DO SR BENEDITO CARVALHO E SEBASTIÃO DIAS MARTINS, NA COMUNIDADE DO BONITO.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>FENELON BUENO MOREIRA, CÉLIO GUIMARÃES</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/461/461_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE NA LOCALIDADE DO NÚCLEO LEITEIRO.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/462/462_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PATROLAMENTO E SAIBRAMENTO NA ESTRADA PRINCIPAL DE BACIA LEITEIRA.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/488/488_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/488/488_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA PROVIDENCIADO MELHORIAS A FIM DE CONTER O PROBLEMAS DE AGUA PARADA NA AVENIDA CAETANO MUNHOZ DA ROCHA</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/489/489_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO A REFORMA DE UMA PONTE NA ESTRADA PRINCIPAL DA COMUNIDADE DO SEGUNDO PASSA DOIS</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/572/572_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL, QUE SEJA CONSTRUÍDA UMA LOMBADA NA RUA CARLOS GANZERT, BAIRRO COHAPAR, ENTRE ÀS RESIDÊNCIAS DE N° 614 E 660.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/504/504_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA INSTALADA UMA ACADEMIA AO AR LIVRE NA COMUNIDADE DO SÃO JOÃO CAÍVA AO LADO DO POSTO DE SAÚDE ADÃO WARDZINSKI</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/505/505_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE COLETA DE LIXO NA COMUNIDADE DE SÃO JOIO CAIVA</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/506/506_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL PARA QUE SEJA INSTALADA UMA ACADEMIA AO AR LIVRE NA COMUNIDADE DO PASSA DOIS, PRÓXIMO À IGREJA SÃO MIGUEL.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/507/507_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CHEFE DO PODER EXECUTIVO QUE SEJA PROVIDENCIADO REPAROS, PATROLAMENTO E COLOCAÇAO DE PEDRAS NA ESTRADA RURAL DA LOCALIDADE DO PASSA DOIS QUE FAZ LIGAÇÃO COM A PROPRIEDADE DO SR. DEUZITO BILL FURMANN.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/508/508_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO EXECUTIVO QUE SEJA VERIFICADO A POSSIBILIDADE DE PAVIMENTAÇÃO COM BLOQUETE DE CONCRETO NA CONTINUIDADE DA RUA BARÃO DO RIO BRANCO, PRÓXIMO AO QUARTEL DA LAPA. </t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/</t>
+    <t>http://sapl.lapa.pr.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL PARA QUE A MESMA PROVIDENCIE A COLOCAÇÃO DE UM PONTO DE LUZ NO CEMITÉRIO MUNICIPAL NA LOCALIDADE DE SÃO BENTO, BEM COMO ENTREGUE UMA CÓPIA DA ESCRITURA DO MENCIONADO CEMITÉRIO AO SENHOR RAUL BRAZ QUE É O ADMINISTRADOR DO MESMO.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/510/510_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO QUE SEJA REALIZADO PATROLAMENTO E ENSAIBRAMENTO NA RUA AUGUSTO DE JESUS NO BAIRRO VILA DO PRINCIPE.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/511/511_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A EMPRESA CAMINHOS DO PARANÁ MELHORIAS NO ACESSO À LOCALIDADE DE CAPAO BONITO, KM 39 DA PR 427 - RODOVIA LAPA A PORTO AMAZONAS.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/512/512_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO QUE SEJA CRIADO PROJETO DE LEI COM O OBJETIVO DE ESTABELECER A DATA DE REPOSIÇAO GERAL ANUAL DOS SERVIDORES PUBLICOS NO ESTATUTO DOS SERVIDORES TENDO EM VISTA QUE O MUNICIPIO DA LAPA NAO POSSUI ESTA RECULAMENTAÇAO.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/513/513_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO QUE SEJA VERIFICADO A POSSIBILIDADE DE COBRIR COM MASSA ASFALTICA AS TARTARUGAS EXISTENTES NA RUA JOAO CANDIDO FERREIRA, PROXIMO AO COLEGIO POLIVALENTE, TRANSFORMANDO ASSIM EM LOMBADAS</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/514/514_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL QUE INCLUA NO CRONOGRAMA DE OBRAS O ASFALTAMENTO DA RUA PROFESSORA ANA TEIDER EM MARIENTAL.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/515/515_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE PROVIDENCIE O REVESTIMENTO PRIMÁRIO COM SAIBRO, PATROLAMENTO E COMPACTAÇÃO NA RUA JOSÉ MAYER EM MARIENTAL.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/516/516_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL QUE PROVIDENCIE UM BUEIRO COM 8 TUBOS DE 0,40 CM NA RUA FRANCISCO MULLER, MARIENTAL, PRÓXIMO A RESIDENCIA DO SR. OSCAR MULLER</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/517/517_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA DA LAPA QUE SEJA INICIADO UM PROGRAMA DE MANUTENÇAO PERMANENTE DO PARQUE LINEAR PEDRO MENDES</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/522/522_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO EXECUTIVO MUNICIPAL QUE SEJA RETIRADA A ARVORE DE DENTRO DA PROPRIEDADE DA SENHORA MARISETE MILDEMBERG, LOCALIZADA NA RUA JOSÉ MAURER, 82, VILA SANTO ANTONIO. </t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/521/521_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO NO CRONOGRAMA DE OBRAS DA PREFEITURA DA LAPA O ASFALTAMENTO EM CBUQ (CONCRETO BETUMINOSO USINADO QUENTE) NA RUA DESEMBARGADOR OTÁVIO FERREIRA DO AMARAL.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/518/518_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE A READEQUAÇÃO ATRAVÉS DO PATROLAMENTO E ENSAIBRAMENTO DA ESTRADA DA COMUNIDADE DE PAIOL, NO FEIXO.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/524/524_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO MUNICIPAL QUE SEJA FEITA A PAVIMENTAÇÃO COM ANTI PÓ NA RUA JOSE BERBERINO DOS SANTOS, NO BAIRRO ESTAÇÃO NOVA.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/525/525_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO EXECUTIVO A URGENTE NECESSIDADE DE MELHORIA DA ESTRADA QUE LIGA A LOCALIDADE DE FAXINAL DOS PRETOS ATÉ O PASSA DOIS, ESPECIALMENTE, ENTRE A ESTRADA PRINCIPAL DO FAXINAL DOS PRETOS, PASSANDO PELA ESTRADA DA FAZENDA DO PRINCIPE ATÉ A RESIDÊNCIA DA FAMILIA ZANDROVSKI.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/526/526_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO ESTUDO DE VIABILIDADE PARA POSTERIOR EMCAMINHAMENTO A ESTA CASA DE LEIS, DE PROJETO NO INTUITO DE SE CONCEDER CONTRIBUIÇÃO PARA A ASSOCIAÇÃO DOS MORADORES PRODUTORES RURAIS DA COMUNIDADE DE COLONIA MUNICIPAL, RECURSOS ESTES QUE SERAO UTILIZADOS NA COMPRA DE MATERIA E MAO-DE-BRA PARA A EXTENSAO  DA REDE DE ÁGUA TRATADA NA LOCALIDADE.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/530/530_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VERIFICADO A POSSIBILIDADE DE SE CONSTRUIR LOMBADA NA RUA CARLOS GOMES ENTRE AS RUAS AMINTAS DE BARROS E SOUZA NAVES.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/531/531_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA O PATROLAMENTO E ENSAIBRAMENTO DA ESTRADA DA LAGOA GORDA, PROXIMO A ESCOLA TRAJANO ELHKE PIRES, NA LOCALIDADE DOS ALVES.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/532/532_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇAO DE UMA ACADEMIA AO AR LIVRE OU UM PARQUINHO NA LOCALIDADE DO MARAFIGO (ABAIXO ASSINADO ANEXO)</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/533/533_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE A PREFEITURA EFETUE A PINTURA DAS FAIXAS DE PEDESTRE E DAS LOMBADAS DA AVENIDA GETULIO VARGAS - AV. DO MONGE</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/534/534_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PREFEITURA QUE PROVIDENCIE PROJETO E POSTERIOR EXECUÇÃO DA COMPLETA REFORMA DA CAPELA MORTUARIA DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/543/543_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL, A RECONSTRUÇÃO DO TRECHO DA RUA CARLOS GOMES, ENTRE A RUA SERAFIM FERREIRA DE ALMEIDA MACIEL E RUA ANGELO BORTOLETTO, E DA RUA CONSELHEIRO ALVES DE ARAUJO A PARTIR DA RUA SENADOR SOUZA NAVES.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/544/544_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL, QUE SEJAM FEITOS AS MELHORIAS NECESSÁRIAS NA RUA ARTHUR VIRMONT DE LACERDA.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/545/545_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL, QUE SEJAM FEITO MELHORIAS NA RUA MONSENHOR HENRIQUE O. FALARZ</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/546/546_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL, QUE SEJAM FEITO MELHORIAS NA RUA MARANHÃO BAIRRO ANTENA</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/547/547_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PATROLAMENTO E SAIBRAMENTO NAS ESTRADAS DA COMUNIDADE DE FAXINAL DOS PRETOS E POTREIROS.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/548/548_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL, QUE SEJA ARRUMADA A PONTE DA ESTRADA DO MARAFIGO.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/552/552_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXECUTIVO MUNICIPAL, QUE SEJAM REALINHADOS OS BLOQUETES DA RUA TREZE DE MAIO, ESPECIFICAMENTE NA FRENTE DA RESIDÊNCIA N° 641, QUE ESTÃO CAUSANDO DIFICULDADES NO TRÁFEGO DE VEÍCULOS POR APRESENTAREM GRANDES ONDULAÇÕES.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/553/553_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR AO EXECUTIVO MUNICIPAL, O ALARGAMENTO E ENSAIBRAMENTO DO FINAL DA RUA FLORIANO MELHEN ZARUR, PRÓXIMO À RESIDÊNCIA DA SENHORA LIBERACI. A REFERIDA RUA ESTÁ DESBARRANCANDO DEVIDO A UMA PEDREIRA EXISTENTE NO LADO, O QUE VEM ATRAPALHANDO O ACESSO DE VAN QUE LEVA OS ALUNOS QUE ALI RESIDEM ATÉ A ESCOLA.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/560/560_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXECUTIVO QUE VERIFICA A POSSIBILIDADE DE CONSTRUIR OU APROVEITAR ALGUM IMOVEL DESOCUPADO NA LOCALIDADE DE MARIENTAL PARA CONSTRUÇÃO DE UMA CRECHE.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/559/559_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA PROIBIDO O ESTACIONAMENTO DE VEÍCULOS NA RUA BARAO DOS CAMPOS GERAIS NO PERIODO DE EMBARQUE E DESEMBARQUE DE ALUNOS DO COLEGIO GENERAL CARNEIRO, SENDO LIBERADO NOS OUTROS HORARIOS.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/580/580_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL QUE SEJA REALIZADO PATROLAMENTO E ENSAIBRAMENTO NA RUA JOSÉ DIAS DA SILVA, NO BAIRRO CIDADE NOVA, POR ESTA ENCONTRAR - SE EM PÉSSIMO ESTADO DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/581/581_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO CHEFE DO EXECUTIVO MUNICIPAL PARA QUE SEJA INSTALADA UMA ACADEMIA AO AR LIVRE NA COMUNIDADE DE FAXINAL DOS PRETOS, PRÓXIMO A IGREJA DA LOCALIDADE.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/582/582_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>A PREFEITURA MUNICIPAL DA LAPA QUE ANALISE A VIABILIDADE DA CONTRATAÇÃO DE UMA AGENTE COMUNITÁRIA DE SAÚDE PARA ATENDER A LOCALIDADE DE MARAFIGO.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/579/579_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR A CHEFE DO EXECUTIVO MUNICIPAL PARA QUE A MESMA DETERMINE À SECRETARIA DE OBRAS E URBANISMO QUE SEJA PROVIDENCIADO OS REPAROS QUE SE FIZEREM NECESSÁRIOS, PRINCIPALMENTE PATROLAMENTO E COLOCAÇÃO DE CASCALHO NA ESTRADA RURAL LOCALIZADA NO RIO DO POÇO.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/591/591_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL, QUE SEJAM DESENTUPIDOS OS BUEIROS, BEM COMO REALIZADO O PATROLAMENTO DA RUA INDALECIO RODRIGUES, NA VILA SÃO JOSÉ.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/596/596_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL, A MELHORIA ATRAVÉS DE PATROLAMENTO E ENSAIBRAMENTO DA EXTENSÃO APROXIMADA DE 300 METROS DO FINAL DA RUA CEL. EDUARDO CORRÊA, SITUADA NA VILA ESPERANÇA. E TAMBÉM QUE A REFERIDA RUA SEJA INCLUÍDA NO CRONOGRAMA DE PAVIMENTAÇÃO DA ATUAL GESTÃO. NESTE ANO A REFERIDA RUA JÁ RECEBEU PATROLAMENTO, PORÉM ENCONTRA-SE NOVAMENTE EM ESTADO PRECÁRIO.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/597/597_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>A PREFEITURA MUNICIPAL DA LAPA QUE ANALISE A VIABILIDADE DE UM REFERENDO JUNTO A COMUNIDADE DO MARAFIGO QUANTO A AMPLIAÇÃO DO QUADRO URBANO MUNICIPAL, ESTENDENDO-O ATÉ A REFERIDA COMUNIDADE.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/598/598_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A URGENTE NECESSIDADE DO EMPEDRAMENTO NA ESTRADA CONHECIDA COMO ESTRADA DOS POGRZEBA NA LOCALIDADE DE ÁGUA AZUL DE CIMA, ESTRADA ESTA QUE TEM O SEU INÍCIO NA ESTRADA PRINCIPAL DE ÁGUA AZUL/CANOEIRO ATÉ A PROPRIEDADE DO SR. ANTONIO DE PAULA.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/618/618_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO MELHORIAS NA ESTRADA PRINCIPAL DE ACESSO A RESIDÊNCIA DO SR. JOÃO MARTINS DOS SANTOS E OUTROS MORADORES NA LOCALIDADE MATO PRETO SANTA REGINA.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/613/613_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFICIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PATROLAMENTO E ENSAIBRAMENTO DA ESTRADA ENTRE À GRANJA 7, NA COLÔNIA JOHANNESDORF ATÉ A ESTRADA PRINCIPAL DO CAPÃO BONITO, PRÓXIMO À RESIDÊNCIA DO SR. JOÃO CARLOS MENDES DOS SANTOS.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/614/614_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O PODER EXECUTIVO MUNICIPAL PARA QUE ESTE DETERMINE AO CANIL MUNICIPAL A AQUISIÇÃO OU CONFECÇÃO DE BEBEDOUROS/COCHOS COMUNS E FIXOS PARA O FORNECIMENTO DE ÁGUA PARA OS CÃES.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/621/621_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA CONFECCIONADO PAVIMENTAÇÃO URBANA REFERENTE Á ASFALTO OU PARALELEPÍPEDOS  NA RUA TEÓFILO FREITAS MARISTANY, NO BAIRRO CIDADE NOVA.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/622/622_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CHEFE DO PODER EXECUTIVO MUNICIPAL PARA QUE SEJA PROVIDENCIADO  EM ASFALTO OU EM PARALELEPÍPEDO NA RUA DANIEL GUIMARÃES, COM INÍCIO AO LADO DA METALÚRGICA ABOVE E TÉRMINO NA BR ROD. DO XISTO, EM FRENTE A RONVAN MAQUINÁRIOS AGRÍCOLAS.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/623/623_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CHEFE DO PODER EXECUTIVO MUNICIPAL PARA QUE DETERMINE Á SECRETARIA COMPETENTE QUE SEJA INSTALADA LOMBADA OU REDUTOR DE VELOCIDADE NA RUA FRANCISCO VIDAL, MAIS PRECISAMENTE EM FRENTE AO NÚMERO 344, NO BAIRRO CASCATA, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/624/624_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO ATENDIMENTO MÉDICO PARA ATENDER NO MINI POSTO DE SAÚDE NA COMUNIDADE DO RIO DE AREIA.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/625/625_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO ATENDIMENTO MÉDICO PARA ATENDER NO MINI POSTO DE SAÚDE NA COMUNIDADE DE MATO PRETO MACHADO.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/636/636_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL, QUE SEJA FEITA MELHORIAS NA LOMBADA EM FRENTE A POLICIA MILITAR NA AVENIDA MANOEL PEDRO.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/637/637_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXECUTIVO MUNICIPAL, A CONSTRUÇÃO DE (01) UMA LOMBADA NA ESTRADA DO STINGLE PRÓXIMO A VILA DA FAMÍLIA SCHENOWEBER.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/638/638_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PODER EXECUTIVO MUNICIPAL QUE SEJA CONFECCIONADO A TUBULAÇÃO PLUVIAL E A INSTALAÇÃO DE MEIO FIO NA RUA DR. FRANCISCO ALVES GUIMARÃES ESQUINA COM A RUA MANOEL ANTÔNIO DA CUNHA.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/639/639_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CHEFE DO EXECUTIVO MUNICIPAL PARA QUE SEJA TRANSFERIDO O PONTO DE ÔNIBUS EXISTENTE NA FRENTE DA LOJA TOTAL MÓVEIS PARA À FRENTE DE UM TERRENO BALDIO EXISTENTE NAS PROXIMIDADES.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/645/645_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO CHEFE DO EXECUTIVO MUNICIPAL QUE SEJA CONFECCIONADO PAVIMENTAÇÃO URBANA REFERENTE À ASFALTO, PARALELEPÍPEDOS OU BLOQUETES (LAJOTAS) NA RUA SANTO ANTÔNIO, ENTRE O FINAL DA AVENIDA ALOISIO LEONI E O COLÉGIO COOPERATIVA DA LAPA.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/646/646_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/646/646_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA OFICIADO O EXECUTIVO MUNICIPAL PARA QUE PROVIDENCIE, URGENTEMENTE, A INSTALAÇÃO DE LOMBADA  OU REDUTOR DE VELOCIDADE NA RUA CARLOS GANZERT, PRÓXIMO AO Nº 2135, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/647/647_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/647/647_texto_integral.pdf</t>
   </si>
   <si>
     <t>A PREFEITURA MUNICIPAL DA LAPA QUE PROVIDENCIE MELHORIAS NA SINALIZAÇÃO VIÁRIA NA ESQUINA DA AVENIDA MANOEL PEDRO COM A RUA JOAQUIM DE LINHARES DE LACERDA, NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/648/648_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO OFÍCIO AO EXECUTIVO MUNICIPAL, SOLICITANDO PATROLAMENTO, E SAIBRAMENTO NA ESTRADA PRINCIPAL QUE DÁ ACESSO A RESIDÊNCIA DO SR. MÁRCIO CHIMALESKI NA LOCALIDADE DE PAIQUERÊ. A MESMA BENEFICIA OUTRAS FAMÍLIAS DA REGIÃO.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/422/422_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/422/422_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO CONTRA A FALTA DE INVESTIMENTOS NA SAÚDE PÚBLICA NO ESTADO DO PARANÁ E NO BRASIL.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/426/426_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTRA A PROPOSTA DE EMENDA CONSTITUCIONAL 37 (PEC 37).</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/458/projeto_de_decreto_legislativo_n_01_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/458/projeto_de_decreto_legislativo_n_01_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE A COMENDA HONORÍFICA HERÓIS DA LAPA A QUEM ESPECIFICA.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/650/650_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL DA LAPA. EXERCÍCIO FINANCEIRO DE 2011. PARECER PRÉVIO PELA REGULARIDADE COM RESSALVA. DETERMINAÇÃO. RECOMENDAÇÃO.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/651/651_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO MUNICÍPIO DA LAPA - EXERCÍCIO 2010 - PARECER PRÉVIO PELA REGULARIDADE, PORÉM COM RESSALVAS ÀS CONTAS.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/664/projeto_de_decreto_n_04_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/664/projeto_de_decreto_n_04_2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE A COMENDA HONORÍFICA HERÓIS DA LAPA À QUEM ESPECIFICA</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/300/300_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei 1744 de 26 de Novembro de 2003, que instituiu a Taxa Referente à emissão de Nota Fiscal Informatizada do Produtor Rural e dá outras providências.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/301/projeto_de_lei_n02_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/301/projeto_de_lei_n02_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reestruturação Organizacional do Poder Executivo do Município da Lapa; altera a redação do artigo 15 da Lei Municipal 2153/08, que dispõe sobre o Sistema de Controle Interno Municipal; revoga as disposições em contrário, especialmente as Leis Municipais nº 1831/2004, 2161/2008, 2275/2008, 2277/2008, 2327/2009, 2356/2009, 2373/2009, 2419/2009, 2461/2010 o artigo 7º da Lei 2520/2010; estabelece os cargos de provimento em comissão do Poder Executivo Municipal da Lapa, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/304/projeto_de_lei_n_03_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/304/projeto_de_lei_n_03_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/306/projeto_de_lei_04_2013_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/306/projeto_de_lei_04_2013_ok.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar convênio com a Associação Lapeana de Veículos Antigos, para repasse de contribuição e dá outras providências.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/302/projeto_de_lei_n_05_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/302/projeto_de_lei_n_05_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/303/projeto_de_lei_n_06_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/303/projeto_de_lei_n_06_2013.pdf</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/315/315_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/315/315_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/307/projeto_de_lei_n_08_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/307/projeto_de_lei_n_08_2013.pdf</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/331/projeto_de_lei_n_09_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/331/projeto_de_lei_n_09_2013.pdf</t>
   </si>
   <si>
     <t>Estabelece as normas para a elaboração e execução do Plano Plurianual do Município da Lapa para o período de 2014 a 2017 - PPA 2014-2017, em cumprimento ao disposto no § 1º do art. 165 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/425/projeto_de_lei_n_10_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/425/projeto_de_lei_n_10_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município da Lapa para o quadriênio 2014 a 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/424/projeto_de_lei_n_11_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/424/projeto_de_lei_n_11_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para elaboração e execução da Lei Orçamentária para o exercício financeiro do ano 2014, e dá outras providências.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/441/projeto_de_lei_n_12_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/441/projeto_de_lei_n_12_2013.pdf</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/433/projeto_de_lei_n_13_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/433/projeto_de_lei_n_13_2013.pdf</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/434/projeto_de_lei_n_14__2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/434/projeto_de_lei_n_14__2013.pdf</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/435/projeto_de_lei_n_16_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/435/projeto_de_lei_n_16_2013.pdf</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/436/projeto_de_lei_n_17_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/436/projeto_de_lei_n_17_2013.pdf</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/459/projeto_de_lei_n_18_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/459/projeto_de_lei_n_18_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Alteração do artigo 13 da Lei Municipal nº 1.672, de 12.12.02, revoga o artigo 1º da Lei Municipal, 2236, de 12.11.08 e revoga a Lei Municipal 2624, de 08.08.11.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/445/projeto_de_lei_n_19_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/445/projeto_de_lei_n_19_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do artigo 2º, da Lei Municipal nº 2445, de 19.04.2010, que trata do Conselho Municipal de Planejamento Urbano – CMPU, e dá outras providências.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/442/projeto_de_lei_n_20_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/442/projeto_de_lei_n_20_2013.pdf</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/454/projeto_de_lei_n_21_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/454/projeto_de_lei_n_21_2013.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/427/projeto_de_lei_n_22_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/427/projeto_de_lei_n_22_2013.pdf</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/467/projeto_de_lei_n_23_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/467/projeto_de_lei_n_23_2013.pdf</t>
   </si>
   <si>
     <t>Abre no Orçamento vigente Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/443/projeto_de_lei_n_24_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/443/projeto_de_lei_n_24_2013.pdf</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/455/projeto_de_lei_n_25_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/455/projeto_de_lei_n_25_2013.pdf</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/438/projeto_de_lei_n_26_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/438/projeto_de_lei_n_26_2013.pdf</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/468/projeto_de_lei_n_27.2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/468/projeto_de_lei_n_27.2013.pdf</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/469/projeto_de_lei_n_28_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/469/projeto_de_lei_n_28_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/456/projeto_de_lei_n_29_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/456/projeto_de_lei_n_29_2013.pdf</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/470/470_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/471/projeto_de_lei_31_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/471/projeto_de_lei_31_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/472/472_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/473/473_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/457/projeto_de_lei_n_34_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/457/projeto_de_lei_n_34_2022.pdf</t>
   </si>
   <si>
     <t>Altera o §1º do artigo 1º da Lei Nº 2171, de 30.04.2008, Que Torna obrigatória a identificação dos veículos oficiais dos Poderes Executivo e Legislativo do Município da Lapa/PR e dá outras providências.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/446/projeto_de_lei_n_35_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/446/projeto_de_lei_n_35_2013.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 264, 265 e 267, todos da Lei nº 2280/2008, dispõe sobre o período de fruição da licença à gestante e da licença paternidade, possibilitando seus elastecimentos, e dá outras providências.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/474/projeto_de_lei_n_36_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/474/projeto_de_lei_n_36_2013.pdf</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/444/projeto_de_lei_n_37_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/444/projeto_de_lei_n_37_2013.pdf</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/475/projeto_de_lei_n_38_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/475/projeto_de_lei_n_38_2013.pdf</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/476/476_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Adicional Suplementar.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/477/projeto_de_lei_n_40_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/477/projeto_de_lei_n_40_2013.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º em seus incisos I, II e III, revoga inciso IV, ambos do §1º, e altera o § 2º, revogando seus incisos I, II e III, todos da Lei nº 2793, de 27.12.12, a qual autoriza o Poder Executivo Municipal a firmar convênio com a Associação de Pais e Amigos dos Excepcionais - APAE, para repasse de subvenção mensal, e dá outras providências.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/490/projeto_de_lei_n_41_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/490/projeto_de_lei_n_41_2013.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2801, de 27.12.12, a qual autoriza o Poder Executivo Municipal a firmar convênio com o Lar de Idosos São Vicente de Paulo, para repasse de subvenção mensal e fornecimento de mão-de-obra, e dá outras providências.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/495/projeto_de_lei_n_42_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/495/projeto_de_lei_n_42_2022.pdf</t>
   </si>
   <si>
     <t>Institui o Diário Oficial dos Municípios do Paraná como veículo oficial de comunicação dos atos normativos e administrativos do Município da Lapa-PR.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/496/projeto_de_lei_n_43_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/496/projeto_de_lei_n_43_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operações de crédito com a Caixa Econômica Federal.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/497/projeto_de_lei_n_44_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/497/projeto_de_lei_n_44_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/498/projeto_de_lei_n_45_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/498/projeto_de_lei_n_45_2013.pdf</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/499/projeto_de_lei_n_46_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/499/projeto_de_lei_n_46_2013.pdf</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/500/projeto_de_lei_n_47_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/500/projeto_de_lei_n_47_2013.pdf</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/501/projeto_de_lei_n_48_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/501/projeto_de_lei_n_48_2013.pdf</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/502/projeto_de_lei_n_49_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/502/projeto_de_lei_n_49_2013.pdf</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/503/projeto_de_lei_n_50_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/503/projeto_de_lei_n_50_2013.pdf</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/527/projeto_de_lei_n_51_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/527/projeto_de_lei_n_51_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a Abertura de Crédito Adicional Especial no orçamento do Município de Lapa -PR, para o exercício de 2013.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/537/projeto_de_lei_n_52_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/537/projeto_de_lei_n_52_2013.pdf</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/540/projeto_de_lei_n_53_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/540/projeto_de_lei_n_53_2013.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2645, de 26.09.11,que dispõe sobre incentivo à agroindústria da agricultura familiar e dá outras providências.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/549/projeto_de_lei_n_54_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/549/projeto_de_lei_n_54_2013.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2723, de 18.04.12 que autoriza o Poder Executivo a receber em doação do Estado do Paraná o imóvel que especifica e dá outras providências</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/565/n_55_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/565/n_55_2013.pdf</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/541/projeto_de_lei_n_56_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/541/projeto_de_lei_n_56_2013.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 19 e 20 da Lei nº 2717/2012 e acrescenta o artigo 20-A à mesma Lei, dispondo sobre a remuneração dos profissionais do quadro do magistério municipal, para o fim de assegurar o cumprimento do Piso Nacional do Magistério, altera os Anexos II e III da mesma lei e dá outras providências.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/536/projeto_de_lei_n_57_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/536/projeto_de_lei_n_57_2013.pdf</t>
   </si>
   <si>
     <t>Concede reposição anual de vencimentos e salários aos servidores e empregados públicos municipais, aos conselheiros tutelares, aos prestadores de serviço contratados mediante Processo Seletivo Simplificado, aos proventos dos inativos e pensionistas de ambos os Poderes e dá outras providências.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/554/projeto_de_lei_n_58_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/554/projeto_de_lei_n_58_2013.pdf</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/542/542_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE LAPA PARA O EXERCÍCIO FINANCEIRO DE 2014.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/555/projeto_de_lei_n_60_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/555/projeto_de_lei_n_60_2013.pdf</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/562/562_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Acordo Extrajudicial e realizar pagamento.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/563/563_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/608/608_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/592/592_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/593/593_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Confissão de Dívida e Parcelamento de Débito, com a Receita Federal do Brasil, referente a débitos do PASEP, e dá outras providências.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/594/594_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/595/projeto_de_lei_n_67_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/595/projeto_de_lei_n_67_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor da Taxa de Administração do RPPS, a que se refere o artigo 99 e §§, da Lei Municipal nº. 2183/08 e dá outras providências.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/600/600_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/631/projeto_de_lei_n_69_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/631/projeto_de_lei_n_69_2013.pdf</t>
   </si>
   <si>
     <t>Cria novas vagas para o Cargo Público de provimento efetivo de Nutricionista, Auxiliar de Odontologia, Farmacêutico Bioquímico, Auxiliar de Enfermagem, Enfermeiro e Técnico de Enfermagem, Medico Gineco-Obstetra, Diarista, Medico Psiquiatra, Técnico de Radiologia, Psicólogo e dá outras providências.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/604/604_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/605/605_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/606/606_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/607/607_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/619/projeto_de_lei_n_74.2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/619/projeto_de_lei_n_74.2013.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1714, de 08.07.03, que Institui o Fundo Municipal do Meio Ambiente – FMMA, e dá outras providências.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/615/projeto_de_lei_n_75_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/615/projeto_de_lei_n_75_2013.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 26 da Lei nº 1773/2004 para o fim de dispor acerca do Regime de Tempo Integral e Dedicação Exclusiva a que podem vincular-se os profissionais diarista e plantonistas do quadro de servidores efetivos do Município da Lapa.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/620/projeto_de_lei_76_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/620/projeto_de_lei_76_2013.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 2801, DE 27.12.12, ALTERADA PELA LEI Nº 2856, DE 08.07.13, A QUAL AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O LAR DE IDOSOS SÃO VICENTE DE PAULO, PARA REPASSE DE SUBVENÇÃO MENSAL E FORNECIMENTO DE MÃO-DE-OBRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/626/projeto_n_77_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/626/projeto_n_77_2022.pdf</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/627/projeto_de_lei_n_78.2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/627/projeto_de_lei_n_78.2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber em doação de MARIA JOSÉ SILVEIRA, JANAITA DA SILVEIRA VERMELHO e MURIEL DA SILVEIRA VERMELHO os lotes de terreno que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/628/628_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/629/629_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA MUNICIPAL DE DESENVOLVIMENTO DA CADEIA PRODUTIVA DE AQUICULTURA FAMILIAR, BEM COMO UTILIZAR RECURSOS NA PROMOÇÃO DE AÇÕES DE APOIO E INCENTIVO Á ATIVIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/630/projeto_n_81_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/630/projeto_n_81_2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A IMPLANTAR O PROGRAMA CAMINHOS DA PRODUÇÃO NO MUNICÍPIO DA LAPA, ESTADO DO PARANÁ E INSTITUI A TAXA DE SERVIÇO DE OBRAS DE INFRAESTRUTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/641/projeto_de_lei_n_82_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/641/projeto_de_lei_n_82_2013.pdf</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/642/projeto_de_lei_n_83_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/642/projeto_de_lei_n_83_2013.pdf</t>
   </si>
   <si>
     <t>Cria novas vagas para os Cargos Públicos de provimento efetivo de Recepcionista, Auxiliar Administrativo, Operador de Máquina Rodoviária, Mecânico de veículos leves, Mecânico de Máquinas Pesadas, Assistente Social, Agente Comunitário de Saúde, Educador Infantil, Pedagogo, Professor; Cria novos cargos de provimento efetivo de Turismólogo, Bibliotecário, Educador Social, Lubrificador e Lavador, Atendente de Museus, Coveiro, Auxiliar de Mecânico, Técnico em Segurança do Trabalho e Cuidador Social e dá outras providências.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/643/643_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/652/projeto_de_lei_85_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/652/projeto_de_lei_85_2013.pdf</t>
   </si>
   <si>
     <t>ALTERA LEIS Nº 1832, DE 27.12.04, 1943, DE 18.04.06 E REVOGA LEI Nº 2202, DE 16.07.08, QUE TRATAM SOBRE O CÓDIGO DE OBRAS DO MUNICÍPIO DE LAPA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/653/653_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O CENTRO DE RECUPERAÇÃO NOVA ESPERANÇA - CERENE, PARA REPASSE DE SUBVENÇÃO MENSAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/654/654_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O LAR DE IDOSOS SÃO VICENTE DE PAULO, PARA REPASSE DE SUBVENÇÃO MENSAL E FORNECIMENTO DE MÃO-DE-OBRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/655/655_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE, PARA REPASSE DE SUBVENÇÃO MENSAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/656/656_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DAS DAMAS DE CARIDADE DO LAR E EDUCANDÁRIO SÃO VICENTE DE PAULO, PARA REPASSE DE SUBVENÇÃO MENSAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/663/663_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CONCEDER À E OFICINA DE CARIDADE SANTA RITA DE CÁSSIA - _x000D_
 OFICINA SANTO ANTONIO LAPA, SAUBVENÇÃO MENSAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 _x000D_
 _x000D_
  </t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/657/657_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O DISPENSÁRIO SÃO BENEDITO, PARA REPASSE DE SUBVENÇÃO MENSAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/658/658_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO MENONITA DE ASSISTÊNCIA SOCIAL - AMAS, PARA REPASSE DE SUBVENÇÃO MENSAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/659/659_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM A ADECAL PARA REPASSE DE SUBVENÇÃO MENSAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/660/660_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DAS DAMAS DE CARIDADE DO LAR E EDUCANDÁRIO SÃO VICENTE DE PAULO, PARA REPASSE DE CONTRIBUIÇÃO MENSAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/661/661_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A AGÊNCIA ADVENTISTA DE DESENVOLVIMENTO E RECURSOS ASSISTENCIAIS SUL, PARA REPASSE DE SUBVENÇÃO MENSAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/666/projeto_de_lei_96_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/666/projeto_de_lei_96_2013.pdf</t>
   </si>
   <si>
     <t>MANTÉM O CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL E SOLIDÁRIO, CRIADO PELA LEI Nº 2589, DE 29.04.11, O QUAL PASSA A SER REGIDO CONFORME DISPOSTO NESTA LEI.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/662/662_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROMOVE A ADEQUAÇÃO DOS ATENDENTES INFANTIS À LEI DE DIRETRIZES E BASES DA EDUCAÇÃO NACIONAL (LDB).</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/665/665_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TAXA DE VISITAÇÃO AOS MUSEUS MUNICIPAIS E A TAXA DE MANUTENÇÃO E LOCAÇÃO DOS ESPAÇOS CULTURAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/752/99_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/752/99_2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A UNIÃO DOS TROPEIROS DA LAPA, PARA REPASSE DE SUBVENÇÃO MENSAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/316/316_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALETERA A REDAÇÃO DOS INCISOS DO ARTIGO 44, ACRESCENTA NOVOS DISPOSITIVOS AO MENCIONADO ARTIGO, ALTERA A REDAÇÃO DO PARÁGRAFO ÚNICO DO ARTIGO 45, ALTERA O INCISO III E V DO ARTIGO 49, ACRESCENTA O INCISO VIII AO ARTIGO 49, TODOS DO REGIMENTO INTERNO DESTE PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/478/projeto_de_resolucao_no_02_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/478/projeto_de_resolucao_no_02_2013.pdf</t>
   </si>
   <si>
     <t>APROVA O ORÇAMENTO DO PODER LEGISLATIVO MUNICIPAL A SER INCLUIDO NO ORÇAMENTO FINANCEIRO GERAL DO MUNICÍPIO PARA O EXERCÍCIO DE 2004.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/529/projeto_de_resolucao_no_03_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/529/projeto_de_resolucao_no_03_2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REMANEJAMENTO DE VERBAS CONFORME DEMONSTRATIVO DO SETOR DE CONTABILIDADE DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/640/640_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REMANEJAMENTO DE VERBAS.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/750/05_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/750/05_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSMISSÃO DAS SESSÕES DA CÂMARA MUNICIPAL DA LAPA PELA INTERNET EM TEMPO REAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/567/567_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE RECUPERAÇÃO DE CRÉDITOS FISCAIS - REFIS, NO MUNICÍPIO DA LAPA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/561/561_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SERVIÇO DE INSPEÇÃO SANITÁRIA PARA PRODUTORES DE ORIGEM ANIMAL.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/568/568_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/309/309_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFÍCIO A CHEFE DO PODER EXECUTIVO MUNICIPAL SOLICITANDO QUE A MESMA INTERCEDA JUNTO A SANEPAR QUANTO A NECESSIDADE URGENTE DA INTERLIGAÇÃO DOS POÇOS ARTESIANOS DA LOCALIDADE DE MARIENTAL.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/343/343_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFÍCIO À SENHORA PREFEITA MUNICIPAL SOLICITANDO QUE SEJA ENVIADO A ESTA CASA POSICIONAMENTO DA ATUAL ADMINISTRAÇÃO SOBRE A POSSÍVEL CONSTRUÇÃO DE "UMA CASA PARA O MÉDICO" NA LOCALIDADE DE MATO QUEIMANDO, CONFORME PREGÃO PRESENCIAL Nº 101/2012 (GESTÃO PASSADA) E SE A MESMA SERÁ OU NÃO CONSTRUÍDA.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/361/361_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM ENCAMINHADOS VOTOS DE CONGRATULAÇÕES E APLAUSOS A TODAS AS PESSOAS ENVOLVIDAS NAS ATIVIDADES DO COLÉGIO AGRÍCOLA DA LAPA, PELA COMEMORAÇÃO DOS 9 (NOVE) ANOS DE EXISTÊNCIA, ATRAVÉS DO DIRETOR DESTE COLÉGIO, SENHOR ROBERTO ALBACH.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/369/369_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/369/369_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFÍCIO À SENHORA PREFEITA MUNICIPAL SOLICITANDO QUE SEJA ENVIADO A ESTA CASA DE LEIS CÓPIA DOS PROCESSOS LICITATÓRIOS OU DE DISPENSA DE LICITAÇÃO BEM COMO PARECER OU INSTRUMENTOS JURÍDICOS QUE CONSIDEROU AS DESPESAS INDEVIDAS COM A SAÚDE EM NOSSO MUNICÍPIO NO VALOR DE R$ 257.728,33, CONFORME FICOU DEMONSTRADO NA AUDIÊNCIA PÚBLICA REFERENTE AO 3º QUADRIMESTRE DE 2012.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/370/370_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFÍCIO À SENHORA PREFEITA MUNICIPAL SOLICITANDO QUE SEJA ENVIADO A ESTA CASA DE LEIS RELATÓRIO CONTENDO, O VALOR DA ARRECADAÇÃO MUNICIPAL, MÊS A MÊS, DE JANEIRO DE 2012 ATÉ FEVEREIRO DE 2013 BEM COMO O VALOR GASTO COM A FOLHA DE PAGAMENTO DE PESSOAL TAMBÉM, MÊS A MÊS, DE JANEIRO DE 2012 ATÉ FEVEREIRO DE 2013.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/371/371_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/371/371_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CHEFE DO EXECUTIVO QUE REMETA A ESTE VEREADOR CÓPIA DO CONTRATO EXISTENTE ENTRA ESTA MUNICIPALIDADE E O INSTITUTO DAXA, O QUAL É RESPONSÁVEL PELA PRESTAÇÃO DE SERVIÇOS PROFISSIONAIS (MÉDICOS) NA UNIDADE DE PRONTO ATENDIMENTOS - UPA, BEM COMO CÓPIA DOS ÚLTIMOS 02 (DOIS) PAGAMENTOS REALIZADOS PARA O REFERIDO INSTITUTO.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/379/379_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JOÃO ZIETEK, OCORRIDO EM 25 DE MARÇO DE 2013.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/387/387_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFÍCIO À SENHORA PREFEITA MUNICIPAL SOLICITANDO QUE SEJA ENVIADO A ESTA CASA DE LEIS RELATÓRIO CONTENDO, O VALOR DOS REPASSES PARA A MATERNIDADE MUNICIPAL DE NOSSA CIDADE EM AIH (AUTORIZAÇÃO DE INTERNAMENTO HOSPITALAR), E OUTRAS FONTES DE RECURSOS EXISTENTES PARA A MESMA, BEM COMO O TOTAL DE DESPESAS COM A REFERIDA MATERNIDADE ISTO NOS ÚLTIMOS TRÊS MESES.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/388/388_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/388/388_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFÍCIO À SENHORA PREFEITA MUNICIPAL SOLICITANDO QUE SEJA ENVIADO A ESTA CASA DE LEIS O LEVANTAMENTO DE PREÇOS PARA ADQUIRIR OS MATERIAIS EXIGIDOS PELA MARINHA DO BRASIL A QUE SE REFERE O OFÍCIO Nº 150/2013 DIRIGIDO PELO PODER EXECUTIVO A ESTA CASA DE LEIS, OFÍCIO ESTE PROTOCOLADO NO PODER LEGISLATIVO SOB Nº 376/2013 EM DATA DE 26/03/2013.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/389/389_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/389/389_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFÍCIO À SENHORA PREFEITA MUNICIPAL SOLICITANDO QUE SEJA INFORMADO A ESTA CASA DE LEIS COMO SE ENCONTRAM, OFICIALMENTE, AS OBRAS EFETUADAS PELA EMPRESA RELUCK CONSTRUTORA LTDA. OBRAS ESTAS OBJETO DA ORDEM DE COMPRA Nº 249/12 DE 29 DE FEVERERIRO DE 2012 NO VALOR DE R$ 234.638,25 INFORMAR TAMBÉM O VALOR DOS PAGAMENTOS EFETUADOS PARA A REFERIDA EMPRESA REFERENTE A ESTA ORDEM DE SERVIÇO, A DATA DOS MESMOS E O SALDO DEVEDOR SE HOUVER.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/403/requerimento_n_13_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/403/requerimento_n_13_2013.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSERIDO EM ATA VOTO DE CONGRATULAÇÕES E APALUSOS A TODAS AS EMPRESAS E PROFISSIONAIS QUE RECEBERAM NO ÚLTIMO DIA 05 DE ABRIL DE 2013 O PRÊMIO DESTAQUES DA LAPA NO ANO DE 2012 EM PESQUISA REALIZADA PELA EMPRESA LAPEANA OPUS 8 PAINÉIS.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/404/404_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JOSÉ HIPÓLITO BONCZKOVISKI (TÉCO), OCORRIDO EM 09 DE ABRIL DE 2013.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/405/405_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DA SRA MARISA NUNES BARBOSA, OCORRIDO EM 09 DE ABRIL DE 2013.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/410/410_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/410/410_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR MAURÍCIO KOBACHUK MOREIRA.</t>
   </si>
   <si>
     <t>9073</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/9073/requerimento_n_17_2013.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/9073/requerimento_n_17_2013.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em ata voto de profundo pesar pelo falecimento do senhor JOSÉ HIPÓLITO BONCZKOVISKI, popularmente conhecido como "TECO".</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/411/411_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/411/411_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSERIDO EM ATA DOS TRABALHOS DESTA CASA DE LEIS, VOTOS DE PROFUNDO PESAR, TENDO EM VISTA O FALECIMENTO DO SENHOR PAULO FURMANN, OCORRIDO NA DATA DE 23/04/2013.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/412/412_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/412/412_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFÍCIO AO SR. FERNANDO EUGÊNIO GHIGNONE, DIRETOR PRESIDENTE DA SANEPAR, SOLICITANDO QUE O MESMO INTERCEDA QUANTO A NECESSIDADE URGENTE DA INTERLIGAÇÃO DOS POÇOS ARTESIANOS DA LOCALIDADE DE MARIENTAL.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/421/421_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/421/421_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DA SENHORA HELENA TROIANOSKI, A QUAL INFELIZMENTE FALECEU EM DATA DE 26/04/2013.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/440/440_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER VOTOS DE PROFUNDO PESAR PELO FALECIMENTO DO SR. SILVESTRE HAMMERSCHIMDT</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/447/447_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/447/447_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER VOTOS DE CONGRATULAÇÕES E APLAUSOS AOS HOMENAGEADOS NA PESQUISA DE OPINIAO PÚBLICA REALIZADA PELA EMPRESA MAX LIDER</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O EXECUTIVO REMETA DOCUMENTOS REFERENTE AO CONTRATO EXISTENTE ENTRE O MUNICIPIO E O INSTITUTO DAXA</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/450/450_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/450/450_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTOS DE PROFUNDO PESAR PELO FALECIMENTO DO SR. ALBERTO AUGUSTO RUSCH</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/578/578_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO EM ATA VOTO DE CONGRATULAÇÕES E APLAUSOS A TODOS OS HOMENAGEADOS NA PESQUISA DE OPINIÃO PÚBLICA REALIZADA PELA EMPRESA MAX-LÍDER, CUJO EVENTO DE PREMIAÇÃO OCORREU EM DATA DE 23/05/2013, SENDO QUE ESTE VEREADOR RECONHECE QUE NESTE ATO O MÉRITO DE TODOS OS PREMIADOS, OS QUAIS VEM DESEMPENHANDO COM MUITA DEDICAÇÃO SUAS ATIVIDADES E COM CERTEZA MERECERAM OS PRÊMIOS RECEBIDOS.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/460/460_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JOSÉ RENE MARCONDES DA SILVA.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/480/480_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VOTOS DE PESAR PELO FALECIMENTO DO SR. SÉRGIO AUGUSTO LEONI </t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/481/481_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTOS DE PESAR PELO FALECIMENTO DA SRA. DIRCE TEREZA AGUIAR PALOMA.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/482/482_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTOS DE PESAR PELO FALECIMENTO DO SR. NELSON HOFFMANN BILL.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/483/483_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTOS DE PESAR PELO FALECIMENTO DA SRA. SAIDE DEQUECHE DARDAQUE.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/484/484_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTOS DE PESAR PELO FALECIMENTO DA SRA. ZILDA  FORGIARINI</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/485/485_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTOS DE PESAR PELO FALECIMENTO DO SR. LUIZ ESTOKO, EM MATO QUEIMADO.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/486/486_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTOS DE PESAR PELO FALECIMENTO DO SR. ALFREDO MAYER</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/487/487_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/487/487_texto_integral.pdf</t>
   </si>
   <si>
     <t>AGRADECIMENTO AO SR. ALAN MARCONDES, FUNCIONÁRIO DO BANCO DO BRASIL DA CIDADE DE SÃO MATEUS DO SUL</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/520/520_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO A CHEFE DO PODER EXECUTIVO SOLICITANDO QUE A MESMA INTERCEDA JUNTO A EMPRESA RESPONSAVEL BEM COMO A CAIXA ECONOMICA FEDERAL SOLICITANDO INFORMAÇOES SOBRE O CONVENIO DE PAVIMENTACAO DA RUA RICARDO EHLKE</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/519/519_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO A PREFEITURA E AO DEPARTAMENTO DE FISCALIZAÇÃO DE OBRAS E POSTURAS A FIM DE SABER DE QUEM É A RESPONSABILIDADE PELA CONSTRUÇÃO DE UM MURO SEPARANDO O AUTO POSTO CRISTINA E O PARQUE LINEAR PEDRO MENDES</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/523/523_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSERIDO EM ATA VOTOS DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JOAO MURBACH</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/535/535_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER VOTOS DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR AROLDO DA ROCHA HAMMERSCHMIDT</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/551/551_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR FABIANO FERRARI RAMOS.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>INDICA QUE SEJA INSERIDO VOTOS DE PESAR PELO FALECIMENTO DO SR. ANTONIO MAGALHÃES PINTO</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/585/585_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DA SRA. LÚCIA LANDARIM DRANKA, OCORRIDO EM 20 DE SETEMBRO DE 2013.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/586/586_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t>A ESTE PLENÁRIO, SEJA ENCAMINHADO AO PODER EXECUTIVO PEDIDO DE INFORMAÇÕES ESPECIAIS SOBRE OS PRINCIPAIS MOTIVOS QUE LEVAM AO AFASTAMENTO E FALTAS DOS PROFESSORESDAS SALAS DE AULA DA REDE DE ENSINO MUNICIPAL.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/587/587_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>A ESTE PLENÁRIO, SEJA ENCAMINHADO AO PODER EXECUTIVO PEDINDO INFORMAÇÕES ESPECIAIS SOBRE O ACORDO FIRMADO ENTRE A PREFEITURA MUNICIPAL DA LAPA COM AS ASSOCIAÇÕES ACAVE E APPA, REFERENTE AO COMÉRCIO DE PRODUTOS NA CASA VERMELHA. PEDIMOS, TAMBÉM, QUE SEJA ENCAMINHADO O DETALHAMENTO DA CONTABILIDADE MENSAL COM O PERCENTUAL DE REPASSE SOBRE O FATURAMENTO DAS ASSOCIAÇÕES CITADAS. AS INFORMAÇÕES, BEM COMO O CONTROLE CONTÁBIL, SERÃO FUNDAMENTAIS PARA A TRANSPARÊNCIA DOS RECURSOS ARRECADADOS E APLICADOS. SOLICITAMOS, AINDA, CÓPIA DO CONTRATO FIRMADO ENTRE AS ASSOCIAÇÕES E O EXECUTIVO.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/588/588_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO EM ATA VOTO DE CONGRATULAÇÕES E APLAUSOS AOS DOUTORES QUE FORAM HOMENAGEADOS DURANTE O EVENTO REALIZADO PELA OAB, SUBSEÇÃO DA LAPA, NA NOITE DE 21 DE SETEMBRO DE 2013, SENDO ESTES OS ADVOGADOS ANTÔNIO JOSÉ HORNING SIQUEIRA, ELIAS ASSAD, FLAMARION GALLOTTI MOREIRA, HELBA REGINA MENDES DE MORAIS, LAIS TEREZINHA KLENK MARTINS, LUIZ CARLOS GEMIM E VILMA TEREZINHA PRYZBEUKA.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/589/589_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR MAURÍCIO PINHEIRO CAMARGO, POPULARMENTE CONHECIDO COMO "MAURÍCIO CORUJA".</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/590/590_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO EM ATA DOS TRABALHOS DESTA CASA DE LEIS, VOTOS DE PROFUNDO PESAR, TENDO EM VISTA O FALECIMENTO DO SENHOR EVALDO HAMMERSCHMIDT, OCORRIDO EM DATA DE 04 DE OUTUBRO DE 2013 AS 16:00 HORAS.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/599/599_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR JOÃO LUIZ MENDES DOS SANTOS POPULARMENTE CONHECIDO COMO MENDÃO.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/609/609_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO EM ATA, VOTO DE PROFUNDO PESAR, TENDO EM VISTA O FALECIMENTO DO SENHOR CARLOS DE MELO SANTOS SOBRINHO, OCORRIDO EM 18/10/2013 EM PASSA DOIS, LAPA.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/616/616_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SR. OLANDINO CAMARGO, OCORRIDO EM 22 DE OUTUBRO DE 2013.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/617/617_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SENHOR BERNHARD KLINGLEIL.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/611/611_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SR.EUGÊNIO DIANA, OCORRIDO EM 31 DE OUTUBRO DE 2013.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/612/612_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFÍCIO À PREFEITURA MUNICIPAL DA LAPA PARA QUE A MESMA PRESTE UMA SÉRIE DE INFORMAÇÕES SOBRE O CANIL MUNICIPAL, RESPONDENDO AS SEGUINTES QUESTÕES:_x000D_
 1. QUANTOS CÃES O CANIL TEM CONDIÇÕES  DE ABRIGAR E QUANTOS TÊM ATUALMENTE  SOB SUA RESPONSABILIDADE?_x000D_
 2. QUAL É O GASTO MENSAL DO MUNICÍPIO COM A MANUTENÇÃO DO CANIL (INCLUINDO RAÇÃO, FUNCIONÁRIOS, MEDICAÇÃO, ETC.)?_x000D_
 3. RELAÇÃO DOS SERVIDORES LOTADOS NO CANIL (ESPECIFICANDO FUNÇÃO E HORÁRIO DE TRABALHO)._x000D_
 4. INFORMAR QUAIS SÃO OS PROCEDIMENTOS ADOTADOS PELO VETERINÁRIO RESPONSÁVEL PELO CANIL QUANDO OS CÃES RECOLHIDOS E NECESSITAM DE TRATAMENTO._x000D_
 5. A CARROCINHA DO CANIL ESTA EM FUNCIONAMENTO? EM CASO NEGATIVO COMO ESTA SENDO REALIZADO OS SERVIÇOS DO CANIL COMO RECOLHIMENTO DE ANIMAIS VIVOS E MORTOS?_x000D_
 6. QUAIS SÃO OS MEDICAMENTOS VETERINÁRIOS COMPRADOS PELO CANIL E COMO SÃO ARMAZENADOS?_x000D_
 7. NO CASO DE DOAÇÃO DE CÃES, COMO É FEITO O PROCEDIMENTO?_x000D_
 8. EXISTE ALGUMA CAMPANHA INCENTIVANDO A DOAÇÃO?</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/634/634_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFÍCIO À COMISSÃO MUNICIPAL DE TRANSPORTE COLETIVO PARA QUE A MESMA INFORME NO PRAZO LEGAL DE 30 (TRINTA) DIAS TODAS AS RECLAMAÇÕES E DENÚNCIAS EXISTENTES NO REFERIDO CONSELHO RELATIVO FALTA DE NÚMERO SUFICIENTE DE TÁXI NO TERMINAL RODOVIÁRIO, NO ÚLTIMO 3 (TRÊS) ANOS, BEM COMO INFORME A QUANTIDADE TOTAL DE TAXISTAS QUE PRESTAM SERVIÇOS NO MUNICÍPIO, INFORMANDO AINDA SUAS LOTAÇÕES.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/635/635_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFÍCIO PARA O PODER EXECUTIVO MUNICIPAL, SOLICITANDO QUE O MESMO NUM PRAZO LEGAL DE 30 DIAS JUSTIFIQUE AS ALTERAÇÕES NO TRANSITO DO MUNICÍPIO, EM ESPECIAL NO CRUZAMENTO DA RUA JOÃO CANDIDO FERREIRA COM A AVENIDA CAETANO MUNHOZ DA ROCHA, E QUE MANIFESTE-SE NA POSSIBILIDADE DE REVER SUA POSIÇÃO PARA RETORNAR O TRANSITO COMO ERA.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/688/688_texto_integral.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO EM ATA VOTO DE PROFUNDO PESAR PELO FALECIMENTO DO SR. JULIANO RIBEIRO CORTES, OCORRIDO EM 14 DE DEZEMBRO DE 2013.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4675,67 +4675,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/346/anteprojeto_de_lei_n_02_2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/347/anteprojeto_de_lei_n_03_2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/348/anteprojeto_de_lei_n_04_2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/372/anteprojeto_de_lei_n_05_2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/373/anteprojeto_de_lei_n_06_2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/374/anteprojeto_de_lei_n_07_2013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/390/anteprojeto_de_lei_n_08_2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/391/anteprojeto_de_lei_n_09_2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/392/anteprojeto_de_lei_n_10_2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/299/anteprojeto_de_lei_n_11_2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/298/anteprojeto_de_lei_n_12_2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/492/anteprojeto_de_lei_n_13_2013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/344/anteprojeto_de_lei_n_15_2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/414/anteprojeto_de_lei_n_16_2013.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/423/anteprojeto_de_lei_n_18_2013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/428/anteprojeto_de_lei_n_19_2013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/437/anteprojeto_de_lei_n_20_2013.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/493/anteprojeto_de_lei_n_21.2013.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/463/anteprojeto_de_lei_n_22_2013.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/491/anteprojeto_de_lei_n_23.2013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/464/anteprojeto_de_lei_n_24_2013.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/479/anteprojeto_de_lei_n_25_2013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/465/anteprojeto_de_lei_n_26_2013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/494/anteprojeto__de_lei_n_27_2013.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/528/anteprojeto_de_lei_n_28_2013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/538/anteprojeto_de_lei_n_30_2013.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/570/anteprojeto_de_lei_n_31_2013.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/556/anteprojeto_de_lei_n_32_2013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/557/anteprojeto_de_lei_n_33_2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/550/anteprojeto_de_lei_n_34_2013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/539/anteprojeto_de_lei_n_35_2013.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/571/anteprojeto_de_lei_n_36_2013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/564/anteprojeto_de_lei_n_37_2013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/566/anteprojeto_de_lei_n_38_2013.pdf_xc.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/583/anteprojeto_de_lei_n_39_2013.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/601/41_2013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/602/anteprojeto_de_lei_n_42.2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/603/anteprojeto_43-2013.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/610/anteprojeto_de_lei_n_44_2013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/633/anteprojeto_de_lei_n_46_2013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/644/anteprojeto_de_lei_n_47.2013.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/398/indicacao_n_87_2013.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/458/projeto_de_decreto_legislativo_n_01_2013.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/664/projeto_de_decreto_n_04_2013.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/301/projeto_de_lei_n02_2013.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/304/projeto_de_lei_n_03_2013.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/306/projeto_de_lei_04_2013_ok.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/302/projeto_de_lei_n_05_2013.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/303/projeto_de_lei_n_06_2013.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/307/projeto_de_lei_n_08_2013.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/331/projeto_de_lei_n_09_2013.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/425/projeto_de_lei_n_10_2013.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/424/projeto_de_lei_n_11_2013.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/441/projeto_de_lei_n_12_2013.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/433/projeto_de_lei_n_13_2013.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/434/projeto_de_lei_n_14__2013.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/435/projeto_de_lei_n_16_2013.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/436/projeto_de_lei_n_17_2013.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/459/projeto_de_lei_n_18_2013.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/445/projeto_de_lei_n_19_2013.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/442/projeto_de_lei_n_20_2013.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/454/projeto_de_lei_n_21_2013.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/427/projeto_de_lei_n_22_2013.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/467/projeto_de_lei_n_23_2013.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/443/projeto_de_lei_n_24_2013.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/455/projeto_de_lei_n_25_2013.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/438/projeto_de_lei_n_26_2013.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/468/projeto_de_lei_n_27.2013.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/469/projeto_de_lei_n_28_2013.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/456/projeto_de_lei_n_29_2013.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/471/projeto_de_lei_31_2013.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/457/projeto_de_lei_n_34_2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/446/projeto_de_lei_n_35_2013.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/474/projeto_de_lei_n_36_2013.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/444/projeto_de_lei_n_37_2013.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/475/projeto_de_lei_n_38_2013.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/477/projeto_de_lei_n_40_2013.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/490/projeto_de_lei_n_41_2013.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/495/projeto_de_lei_n_42_2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/496/projeto_de_lei_n_43_2013.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/497/projeto_de_lei_n_44_2013.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/498/projeto_de_lei_n_45_2013.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/499/projeto_de_lei_n_46_2013.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/500/projeto_de_lei_n_47_2013.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/501/projeto_de_lei_n_48_2013.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/502/projeto_de_lei_n_49_2013.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/503/projeto_de_lei_n_50_2013.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/527/projeto_de_lei_n_51_2013.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/537/projeto_de_lei_n_52_2013.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/540/projeto_de_lei_n_53_2013.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/549/projeto_de_lei_n_54_2013.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/565/n_55_2013.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/541/projeto_de_lei_n_56_2013.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/536/projeto_de_lei_n_57_2013.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/554/projeto_de_lei_n_58_2013.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/555/projeto_de_lei_n_60_2013.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/595/projeto_de_lei_n_67_2013.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/631/projeto_de_lei_n_69_2013.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/619/projeto_de_lei_n_74.2013.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/615/projeto_de_lei_n_75_2013.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/620/projeto_de_lei_76_2013.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/626/projeto_n_77_2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/627/projeto_de_lei_n_78.2013.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/630/projeto_n_81_2013.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/641/projeto_de_lei_n_82_2013.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/642/projeto_de_lei_n_83_2013.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/652/projeto_de_lei_85_2013.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/666/projeto_de_lei_96_2013.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/752/99_2013.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/478/projeto_de_resolucao_no_02_2013.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/529/projeto_de_resolucao_no_03_2013.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/750/05_2013.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/403/requerimento_n_13_2013.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/9073/requerimento_n_17_2013.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/688/688_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/346/anteprojeto_de_lei_n_02_2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/347/anteprojeto_de_lei_n_03_2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/348/anteprojeto_de_lei_n_04_2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/372/anteprojeto_de_lei_n_05_2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/373/anteprojeto_de_lei_n_06_2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/374/anteprojeto_de_lei_n_07_2013.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/390/anteprojeto_de_lei_n_08_2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/391/anteprojeto_de_lei_n_09_2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/392/anteprojeto_de_lei_n_10_2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/299/anteprojeto_de_lei_n_11_2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/298/anteprojeto_de_lei_n_12_2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/492/anteprojeto_de_lei_n_13_2013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/344/anteprojeto_de_lei_n_15_2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/414/anteprojeto_de_lei_n_16_2013.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/423/anteprojeto_de_lei_n_18_2013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/428/anteprojeto_de_lei_n_19_2013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/437/anteprojeto_de_lei_n_20_2013.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/493/anteprojeto_de_lei_n_21.2013.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/463/anteprojeto_de_lei_n_22_2013.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/491/anteprojeto_de_lei_n_23.2013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/464/anteprojeto_de_lei_n_24_2013.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/479/anteprojeto_de_lei_n_25_2013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/465/anteprojeto_de_lei_n_26_2013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/494/anteprojeto__de_lei_n_27_2013.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/528/anteprojeto_de_lei_n_28_2013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/538/anteprojeto_de_lei_n_30_2013.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/570/anteprojeto_de_lei_n_31_2013.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/556/anteprojeto_de_lei_n_32_2013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/557/anteprojeto_de_lei_n_33_2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/550/anteprojeto_de_lei_n_34_2013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/539/anteprojeto_de_lei_n_35_2013.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/571/anteprojeto_de_lei_n_36_2013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/564/anteprojeto_de_lei_n_37_2013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/566/anteprojeto_de_lei_n_38_2013.pdf_xc.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/583/anteprojeto_de_lei_n_39_2013.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/601/41_2013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/602/anteprojeto_de_lei_n_42.2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/603/anteprojeto_43-2013.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/610/anteprojeto_de_lei_n_44_2013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/633/anteprojeto_de_lei_n_46_2013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/644/anteprojeto_de_lei_n_47.2013.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/398/indicacao_n_87_2013.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/458/projeto_de_decreto_legislativo_n_01_2013.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/664/projeto_de_decreto_n_04_2013.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/301/projeto_de_lei_n02_2013.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/304/projeto_de_lei_n_03_2013.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/306/projeto_de_lei_04_2013_ok.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/302/projeto_de_lei_n_05_2013.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/303/projeto_de_lei_n_06_2013.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/307/projeto_de_lei_n_08_2013.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/331/projeto_de_lei_n_09_2013.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/425/projeto_de_lei_n_10_2013.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/424/projeto_de_lei_n_11_2013.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/441/projeto_de_lei_n_12_2013.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/433/projeto_de_lei_n_13_2013.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/434/projeto_de_lei_n_14__2013.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/435/projeto_de_lei_n_16_2013.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/436/projeto_de_lei_n_17_2013.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/459/projeto_de_lei_n_18_2013.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/445/projeto_de_lei_n_19_2013.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/442/projeto_de_lei_n_20_2013.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/454/projeto_de_lei_n_21_2013.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/427/projeto_de_lei_n_22_2013.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/467/projeto_de_lei_n_23_2013.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/443/projeto_de_lei_n_24_2013.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/455/projeto_de_lei_n_25_2013.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/438/projeto_de_lei_n_26_2013.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/468/projeto_de_lei_n_27.2013.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/469/projeto_de_lei_n_28_2013.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/456/projeto_de_lei_n_29_2013.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/471/projeto_de_lei_31_2013.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/457/projeto_de_lei_n_34_2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/446/projeto_de_lei_n_35_2013.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/474/projeto_de_lei_n_36_2013.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/444/projeto_de_lei_n_37_2013.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/475/projeto_de_lei_n_38_2013.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/477/projeto_de_lei_n_40_2013.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/490/projeto_de_lei_n_41_2013.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/495/projeto_de_lei_n_42_2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/496/projeto_de_lei_n_43_2013.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/497/projeto_de_lei_n_44_2013.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/498/projeto_de_lei_n_45_2013.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/499/projeto_de_lei_n_46_2013.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/500/projeto_de_lei_n_47_2013.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/501/projeto_de_lei_n_48_2013.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/502/projeto_de_lei_n_49_2013.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/503/projeto_de_lei_n_50_2013.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/527/projeto_de_lei_n_51_2013.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/537/projeto_de_lei_n_52_2013.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/540/projeto_de_lei_n_53_2013.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/549/projeto_de_lei_n_54_2013.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/565/n_55_2013.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/541/projeto_de_lei_n_56_2013.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/536/projeto_de_lei_n_57_2013.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/554/projeto_de_lei_n_58_2013.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/555/projeto_de_lei_n_60_2013.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/595/projeto_de_lei_n_67_2013.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/631/projeto_de_lei_n_69_2013.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/619/projeto_de_lei_n_74.2013.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/615/projeto_de_lei_n_75_2013.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/620/projeto_de_lei_76_2013.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/626/projeto_n_77_2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/627/projeto_de_lei_n_78.2013.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/630/projeto_n_81_2013.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/641/projeto_de_lei_n_82_2013.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/642/projeto_de_lei_n_83_2013.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/652/projeto_de_lei_85_2013.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/666/projeto_de_lei_96_2013.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/752/99_2013.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/478/projeto_de_resolucao_no_02_2013.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/529/projeto_de_resolucao_no_03_2013.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/750/05_2013.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/403/requerimento_n_13_2013.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2013/9073/requerimento_n_17_2013.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/./sapl/public/materialegislativa/2013/688/688_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H408"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="78.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>