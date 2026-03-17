--- v0 (2026-01-14)
+++ v1 (2026-03-17)
@@ -54,4162 +54,4162 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7802</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>AAP</t>
   </si>
   <si>
     <t>Ata Audiência Pública</t>
   </si>
   <si>
     <t>Câmara Municipal da Lapa</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7802/ata_de_audiencia_publica_3o_quad._2021_-_25.02.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7802/ata_de_audiencia_publica_3o_quad._2021_-_25.02.2022.pdf</t>
   </si>
   <si>
     <t>ATA DA AUDIÊNCIA PÚBLICA DE DEMONSTRAÇÃO E AVALIAÇÃO DO PODER EXECUTIVO MUNICIPAL RELATIVO AO CUMPRIMENTO DAS METAS FISCAIS DO TERCEIRO QUADRIMESTRE DE 2021. (25/02/2022).</t>
   </si>
   <si>
     <t>7849</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7849/ata_da_audiencia_publica_reconhecimento_faxinalense.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7849/ata_da_audiencia_publica_reconhecimento_faxinalense.pdf</t>
   </si>
   <si>
     <t>ATA DA AUDIÊNCIA PÚBLICA REFERENTE AO RECONHECIMENTO FAXINALENSE DA LOCALIDADE DE MATO PRETO PAIOL. (24/02/2022).</t>
   </si>
   <si>
     <t>8124</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8124/audiencia_publica_da_frente_parlamentar_em_defesa_dos_direitos_das_pessoas_com_deficiencia.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8124/audiencia_publica_da_frente_parlamentar_em_defesa_dos_direitos_das_pessoas_com_deficiencia.pdf</t>
   </si>
   <si>
     <t>ATA DA AUDIÊNCIA PÚBLICA DA FRENTE PARLAMENTAR EM DEFESA DOS DIREITOS DAS PESSOAS COM DEFICIÊNCIA (14/04/2022).</t>
   </si>
   <si>
     <t>8592</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8592/30.05.2022_-_1oq-2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8592/30.05.2022_-_1oq-2022.pdf</t>
   </si>
   <si>
     <t>ATA DA AUDIÊNCIA PÚBLICA DE DEMONSTRAÇÃO E AVALIAÇÃO DO PODER EXECUTIVO MUNICIPAL RELATIVO AO CUMPRIMENTO DAS METAS FISCAIS DO PRIMEIRO QUADRIMESTRE DE 2022. (30/05/2022).</t>
   </si>
   <si>
     <t>9545</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9545/ata_29.09.2022._2oq-2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9545/ata_29.09.2022._2oq-2022.pdf</t>
   </si>
   <si>
     <t>ATA DA AUDIÊNCIA PÚBLICA DE DEMONSTRAÇÃO E AVALIAÇÃO DO PODER EXECUTIVO MUNICIPAL RELATIVO AO CUMPRIMENTO DAS METAS FISCAIS DO SEGUNDO QUADRIMESTRE DE 2022. (29/09/2022).</t>
   </si>
   <si>
     <t>7510</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata Sessão Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7510/ata_13.01.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7510/ata_13.01.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO EXTRAORDINÁRIA DO DIA 13/01/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E VINTE E DOIS (3.522)</t>
   </si>
   <si>
     <t>7511</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7511/ata_24.01.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7511/ata_24.01.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO EXTRAORDINÁRIA DO DIA 24/01/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E VINTE E TRÊS (3.523)</t>
   </si>
   <si>
     <t>7605</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7605/ata_15.02.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7605/ata_15.02.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 15/02/2022. ATA TRÊS MIL QUINHENTOS E VINTE E QUATRO (3524).</t>
   </si>
   <si>
     <t>7814</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7814/ata_22.02.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7814/ata_22.02.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 22/02/2022. ATA TRÊS MIL QUINHENTOS E VINTE E CINCO (3525).</t>
   </si>
   <si>
     <t>7831</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7831/ata_08.03.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7831/ata_08.03.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 08/03/2022. ATA TRÊS MIL QUINHENTOS E VINTE E SEIS (3526).</t>
   </si>
   <si>
     <t>7842</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7842/ata_15.03.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7842/ata_15.03.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 15/03/2022. ATA TRÊS MIL QUINHENTOS E VINTE E SETE (3527).</t>
   </si>
   <si>
     <t>7865</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7865/ata_22.03.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7865/ata_22.03.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 22/03/2022. ATA TRÊS MIL QUINHENTOS E VINTE E OITO (3528).</t>
   </si>
   <si>
     <t>7883</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7883/ata_29.03.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7883/ata_29.03.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 29/03/2022. ATA TRÊS MIL QUINHENTOS E VINTE E NOVE (3529).</t>
   </si>
   <si>
     <t>7925</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7925/ata_05.04.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7925/ata_05.04.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 05/04/2022. ATA TRÊS MIL QUINHENTOS E TRINTA (3530).</t>
   </si>
   <si>
     <t>7978</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7978/ata_12.04.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7978/ata_12.04.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 12/04/2022. ATA TRÊS MIL QUINHENTOS E TRINTA E UM (3531).</t>
   </si>
   <si>
     <t>7995</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7995/ata_19.04.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7995/ata_19.04.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 19/04/2022. ATA TRÊS MIL QUINHENTOS E TRINTA E DOIS (3532).</t>
   </si>
   <si>
     <t>8006</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8006/ata_26.04.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8006/ata_26.04.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 26/04/2022. ATA TRÊS MIL QUINHENTOS E TRINTA E TRÊS (3533).</t>
   </si>
   <si>
     <t>8083</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8083/ata_03.05.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8083/ata_03.05.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 03/05/2022. ATA TRÊS MIL QUINHENTOS E TRINTA E QUATRO (3534).</t>
   </si>
   <si>
     <t>8216</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8216/ata_10.05.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8216/ata_10.05.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 10/05/2022. ATA TRÊS MIL QUINHENTOS E TRINTA E CINCO (3535).</t>
   </si>
   <si>
     <t>8322</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8322/ata_17.05.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8322/ata_17.05.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 17/05/2022. ATA TRÊS MIL QUINHENTOS E TRINTA E SEIS (3.536).</t>
   </si>
   <si>
     <t>8331</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8331/ata_20.05.2022_-_extra.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8331/ata_20.05.2022_-_extra.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO EXTRAORDINÁRIA DO DIA 20/05/2022. ATA TRÊS MIL QUINHENTOS E TRINTA E SETE (3.537).</t>
   </si>
   <si>
     <t>8470</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8470/ata_3538_24_05_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8470/ata_3538_24_05_2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 24/05/2022. ATA TRÊS MIL QUINHENTOS E TRINTA E OITO (3.538).</t>
   </si>
   <si>
     <t>8577</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8577/ata_31.05.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8577/ata_31.05.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 31/05/2022. ATA TRÊS MIL QUINHENTOS E TRINTA E NOVE (3.539).</t>
   </si>
   <si>
     <t>8746</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8746/ata_07.06.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8746/ata_07.06.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 07/06/2022. ATA TRÊS MIL QUINHENTOS E QUARENTA (3.540).</t>
   </si>
   <si>
     <t>8770</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8770/ata_14.06.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8770/ata_14.06.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 14/06/2022. ATA TRÊS MIL QUINHENTOS E QUARENTA E UM (3.541).</t>
   </si>
   <si>
     <t>8930</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8930/ata_21.06.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8930/ata_21.06.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 21/06/2022. ATA TRÊS MIL QUINHENTOS E QUARENTA E DOIS (3.542).</t>
   </si>
   <si>
     <t>8967</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8967/ata_28.06.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8967/ata_28.06.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 28/06/2022. ATA TRÊS MIL QUINHENTOS E QUARENTA E TRÊS (3.543)</t>
   </si>
   <si>
     <t>9085</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9085/ata_05.07.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9085/ata_05.07.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 05/07/2022. ATA TRÊS MIL QUINHENTOS E QUARENTA E QUATRO (3.544)</t>
   </si>
   <si>
     <t>9164</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9164/ata_12.07.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9164/ata_12.07.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 12/07/2022. ATA TRÊS MIL QUINHENTOS E QUARENTA E CINCO (3.545).</t>
   </si>
   <si>
     <t>9247</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9247/ata_19.07.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9247/ata_19.07.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 19/07/2022. ATA TRÊS MIL QUINHENTOS E QUARENTA E SEIS (3.546).</t>
   </si>
   <si>
     <t>9261</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9261/ata_26.07.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9261/ata_26.07.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 26/07/2022. ATA TRÊS MIL QUINHENTOS E QUARENTA E SETE (3.547).</t>
   </si>
   <si>
     <t>9290</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9290/ata_02.08.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9290/ata_02.08.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 02/08/2022. ATA TRÊS MIL QUINHENTOS E QUARENTA E OITO (3.548).</t>
   </si>
   <si>
     <t>9334</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9334/ata_09.08.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9334/ata_09.08.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 09/08/2022. ATA TRÊS MIL QUINHENTOS E QUARENTA E NOVE (3.549).</t>
   </si>
   <si>
     <t>9381</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9381/ata_16.08.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9381/ata_16.08.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 16/08/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E CINQUENTA (3.550).</t>
   </si>
   <si>
     <t>9426</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9426/ata_23.08.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9426/ata_23.08.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 23/08/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E CINQUENTA E UM (3.551).</t>
   </si>
   <si>
     <t>9427</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9427/ata_26.08.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9427/ata_26.08.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO EXTRAORDINÁRIA DO DIA 26/08/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E CINQUENTA E DOIS (3.552).</t>
   </si>
   <si>
     <t>9456</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9456/ata_30.08.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9456/ata_30.08.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 30/08/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E CINQUENTA E TRÊS (3.553).</t>
   </si>
   <si>
     <t>9483</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9483/ata_06.09.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9483/ata_06.09.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 06/09/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E CINQUENTA E QUATRO (3.554).</t>
   </si>
   <si>
     <t>9506</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9506/ata_13.09.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9506/ata_13.09.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 13/09/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E CINQUENTA E CINCO (3.555).</t>
   </si>
   <si>
     <t>9519</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9519/ata_20.09.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9519/ata_20.09.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 20/09/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E CINQUENTA E SEIS (3.556).</t>
   </si>
   <si>
     <t>9531</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9531/ata_27.09.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9531/ata_27.09.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 27/09/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E CINQUENTA E SETE (3.557).</t>
   </si>
   <si>
     <t>9568</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9568/ata_04.10.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9568/ata_04.10.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 04/10/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E CINQUENTA E OITO (3.558).</t>
   </si>
   <si>
     <t>9632</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9632/ata_3559_11.10.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9632/ata_3559_11.10.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 11/10/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E CINQUENTA E NOVE (3.559).</t>
   </si>
   <si>
     <t>9647</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>Vários Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9647/ata_3560_18.10.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9647/ata_3560_18.10.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 18/10/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E SESSENTA (3.560).</t>
   </si>
   <si>
     <t>9663</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9663/ata_25.10.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9663/ata_25.10.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 25/10/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E SESSENTA E UM (3.561).</t>
   </si>
   <si>
     <t>9683</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9683/ata_3562_01.11.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9683/ata_3562_01.11.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 01/11/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E SESSENTA E DOIS (3.562).</t>
   </si>
   <si>
     <t>9701</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9701/ata_3563_08.11.2022_correta.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9701/ata_3563_08.11.2022_correta.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 08/11/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E SESSENTA E TRÊS (3.563).</t>
   </si>
   <si>
     <t>9714</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9714/ata_22.11.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9714/ata_22.11.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 22/11/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E SESSENTA E QUATRO (3.564).</t>
   </si>
   <si>
     <t>9735</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9735/ata_3565_29.11.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9735/ata_3565_29.11.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 29/11/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E SESSENTA E CINCO (3.565).</t>
   </si>
   <si>
     <t>9743</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9743/ata_3566_06.12.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9743/ata_3566_06.12.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 06/12/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E SESSENTA E SEIS (3.566).</t>
   </si>
   <si>
     <t>9774</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9774/ata_13.12.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9774/ata_13.12.2022.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 13/12/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E SESSENTA E SETE (3.567).</t>
   </si>
   <si>
     <t>9775</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9775/ata_19.12.2022_-_extra.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9775/ata_19.12.2022_-_extra.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO EXTRAORDINÁRIA DO DIA 19/12/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E SESSENTA E OITO (3.568).</t>
   </si>
   <si>
     <t>9776</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9776/ata_23.12.2022_-_extra.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9776/ata_23.12.2022_-_extra.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO EXTRAORDINÁRIA DO DIA 23/12/2022. ATA NÚMERO TRÊS MIL QUINHENTOS E SESSENTA E NOVE (3.569).</t>
   </si>
   <si>
     <t>9520</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>ASS</t>
   </si>
   <si>
     <t>Atas Sessões Solenes</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9520/ata_20.09.2022-solene_roberto_lipski-pdf.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9520/ata_20.09.2022-solene_roberto_lipski-pdf.pdf</t>
   </si>
   <si>
     <t>ATA REFERENTE A SESSÃO SOLENE DO DIA 20/09/2022, DE ENTREGA DE TÍTULO DE CIDADÃO BENEMÉRITO DA LAPA AO SENHOR ROBERTO LIPSKI.</t>
   </si>
   <si>
     <t>9769</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Atas Diversas</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9769/ata-25-10-2022-tribuna_livre_-_criacao_conselho_municipal_pessoa_com_deficiencia_-_pdf.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9769/ata-25-10-2022-tribuna_livre_-_criacao_conselho_municipal_pessoa_com_deficiencia_-_pdf.pdf</t>
   </si>
   <si>
     <t>Ata Tribuna Livre do dia 25/10/2022, sobre a Criação do Conselho Municipal da Pessoa com Deficiência.</t>
   </si>
   <si>
     <t>8931</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8931/ata_21.06.2022_-_iptu.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8931/ata_21.06.2022_-_iptu.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIBUNA LIVRE DO DIA 21/06/2022, REFERENTE AO IPTU-2022</t>
   </si>
   <si>
     <t>8217</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8217/ata_10.05.2022_-_apae.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8217/ata_10.05.2022_-_apae.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIBUNA LIVRE DO DIA 10/05/2022 DA APAE DA LAPA-PR.</t>
   </si>
   <si>
     <t>7979</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7979/ata_12.04.2022_-_app_sindicato.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7979/ata_12.04.2022_-_app_sindicato.pdf</t>
   </si>
   <si>
     <t>ATA DA TRIBUNA LIVRE DO DIA 12/04/2022 DA APP-SINDICATO, REFERENTE AO PISO SALARIAL PROFISSIONAL NACIONAL DO MAGISTÉRIO.</t>
   </si>
   <si>
     <t>7868</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7868/ata_22.03.2022_-_farmacia_nissei.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7868/ata_22.03.2022_-_farmacia_nissei.pdf</t>
   </si>
   <si>
     <t>ATA TRIBUNA LIVRE DO DIA 22/03/2022, SOBRE DENÚNCIA REFERENTE AO ATENDIMENTO 24 HORAS DA FARMÁCIA NISSEI/LAPA-PR.</t>
   </si>
   <si>
     <t>7603</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>MARCOS LECH</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7603/anteprojeto_de_lei_no_01.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7603/anteprojeto_de_lei_no_01.2022.pdf</t>
   </si>
   <si>
     <t>Cria o Sistema informativo QR CODE no Município da Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>7624</t>
   </si>
   <si>
     <t>GUSTAVO DAOU</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7624/anteprojeto_de_lei_02_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7624/anteprojeto_de_lei_02_2022.pdf</t>
   </si>
   <si>
     <t>Proíbe a queima e a soltura de fogos de artifícios e de quaisquer outros artefatos pirotécnicos de efeito sonoro ruidoso no Município da Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>7737</t>
   </si>
   <si>
     <t>PROFESSORA BRENDA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7737/protocolo_geral_n_383_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7737/protocolo_geral_n_383_2022.pdf</t>
   </si>
   <si>
     <t>Denomina de Estrada dos Bucovinos a Estrada iniciando na Rodovia Antonio Lacerda Braga, PR-427 até a Usina Potencial Biodiesel.</t>
   </si>
   <si>
     <t>7806</t>
   </si>
   <si>
     <t>Vários Vereadores, MARCO ANTONIO BORTOLETTO, VILMAR FÁVARO PURGA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7806/protocolo_geral_n_425.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7806/protocolo_geral_n_425.2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 3807/2021, que dispõe sobre a aprovação e implantação de condomínios urbanísticos no Município da Lapa/PR e dá outras providências.</t>
   </si>
   <si>
     <t>7816</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7816/anteprojeto_de_lei_05_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7816/anteprojeto_de_lei_05_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Portal da Transparência da Qualidade do Ensino das Escolas Públicas da Rede Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>7904</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7904/projeto_de_lei_06_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7904/projeto_de_lei_06_2022_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as medidas de proteção à gravidez, parto e puerpério no Município da Lapa/PR, estabelecendo o Parto Seguro, e dá outras providências.</t>
   </si>
   <si>
     <t>7885</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>MARCO ANTONIO BORTOLETTO</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7885/anteprojeto_de_lei_07_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7885/anteprojeto_de_lei_07_2022.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública no âmbito Municipal o Templo Rypura do Amanhecer e dá outras providências.</t>
   </si>
   <si>
     <t>7892</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>ARTHUR VIDAL</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7892/anteprojeto_de_lei_08_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7892/anteprojeto_de_lei_08_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização do teste cariótipo em hospitais, maternidades e instituições públicas similares no Município da Lapa.</t>
   </si>
   <si>
     <t>7926</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7926/anteprojeto_de_lei_09_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7926/anteprojeto_de_lei_09_2022.pdf</t>
   </si>
   <si>
     <t>Cria a "Sessão Plenária do Estudante" no âmbito da Câmara Municipal da Lapa.</t>
   </si>
   <si>
     <t>7927</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7927/anteprojeto_de_lei_10_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7927/anteprojeto_de_lei_10_2022.pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade da realização de treinamentos em primeiros socorros a todos os Funcionários, Educadores e Professores, de CMEIs e Escolas, da Rede Pública do Município da Lapa-Paraná.</t>
   </si>
   <si>
     <t>7899</t>
   </si>
   <si>
     <t>ME - Mesa Executiva, GUSTAVO DAOU, MARCO ANTONIO BORTOLETTO, PROFESSORA BRENDA, VILMAR FÁVARO PURGA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7899/projeto_de_lei_11_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7899/projeto_de_lei_11_2022.pdf</t>
   </si>
   <si>
     <t>Cria no quadro dos servidores efetivos da Câmara Municipal da Lapa os cargos de Administrador, Analista de Recursos Humanos, Advogado e Técnico em Informática, conforme anexos I, II e III, alterando-se o anexo II, IV e V - Quadro de Cargos Permanentes, parte integrante da Lei nº 1774/2004, que dispõe sobre o quadro de pessoal e institui o plano de cargos e salários do Poder Legislativo Municipal de Lapa, e dá outras providências.</t>
   </si>
   <si>
     <t>7901</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7901/projeto_de_lei_12_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7901/projeto_de_lei_12_2022.pdf</t>
   </si>
   <si>
     <t>Isenta os candidatos que especifica do pagamento de taxa de inscrição em concursos para provimento de cargo efetivo ou emprego permanente em órgãos ou entidades da administração pública direta e indireta do Município da Lapa/Pr.</t>
   </si>
   <si>
     <t>7898</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7898/projeto_de_lei_13_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7898/projeto_de_lei_13_2022_ok.pdf</t>
   </si>
   <si>
     <t>Estabelece os cargos de Provimento em Comissão e a Estrutura Organizacional do Poder Legislativo do Município da Lapa, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>7996</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7996/08-22_-_primeiros_socorros_em_caso_de_engasgamento_e_outros.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7996/08-22_-_primeiros_socorros_em_caso_de_engasgamento_e_outros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade dos hospitais e maternidades prestarem, aos pais e responsáveis, treinamento e capacitação sobre primeiros socorros em casos de parto, engasgamento, aspiração de corpo estranho, asfixia e prevenção de morte súbita de recém-nascidos, e dá outras previdências.</t>
   </si>
   <si>
     <t>8011</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8011/anteprojeto_de_lei_15_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8011/anteprojeto_de_lei_15_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos na Lei nº1090 de 1º de julho de 1991 e revoga integralmente a Lei nº 1266, de 14 de março de 1995.</t>
   </si>
   <si>
     <t>8112</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8112/anteprojeto_de_lei_16_2022_2.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8112/anteprojeto_de_lei_16_2022_2.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública, no âmbito Municipal, a Associação de Catadores de Materiais Recicláveis da Lapa/Pr - RECILAPA e dá outras providências.</t>
   </si>
   <si>
     <t>8171</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>GUSTAVO DAOU, PROFESSORA BRENDA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8171/anteprojeto_de_lei_17_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8171/anteprojeto_de_lei_17_2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Prevenção ao Abandono e a Evasão Escolar no Município da Lapa/Pr.</t>
   </si>
   <si>
     <t>8172</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8172/anteprojeto_de_lei_18_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8172/anteprojeto_de_lei_18_2022.pdf</t>
   </si>
   <si>
     <t>Institui o “Programa Kit Lanche”, voltado aos pacientes da Rede Básica de Saúde no Município da Lapa/Pr.</t>
   </si>
   <si>
     <t>8608</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8608/protocolo_geral_n_1160_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8608/protocolo_geral_n_1160_2022.pdf</t>
   </si>
   <si>
     <t>Institui o Primeiro Domingo da Primavera como o Dia Municipal do Skate na Lapa.</t>
   </si>
   <si>
     <t>8609</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8609/projeto_de_lei_20_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8609/projeto_de_lei_20_2022_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da divulgação dos cronogramas das atividades que serão realizadas pela Secretaria Municipal de Infraestrutura, Obras e Transporte e dá outras providências.</t>
   </si>
   <si>
     <t>8676</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Vários Vereadores, GUSTAVO DAOU, MARCO ANTONIO BORTOLETTO</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8676/protocolo_geral_n_1212_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8676/protocolo_geral_n_1212_2022.pdf</t>
   </si>
   <si>
     <t>Estende a vida útil dos veículos utilizados para serviços de transporte escolar, táxi e mototáxi, regulamentados pelo Município da Lapa/Pr.</t>
   </si>
   <si>
     <t>8745</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8745/protocolo_geral_n_1257_2022_2.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8745/protocolo_geral_n_1257_2022_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Censo Inclusão e o Cadastro Inclusão das Pessoas com Deficiência ou Mobilidade Reduzida para identificação, mapeamento e cadastramento do perfil socioeconômico no âmbito do Município da Lapa/Pr e dá outras providências.</t>
   </si>
   <si>
     <t>8769</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>PROFESSORA BRENDA, GUSTAVO DAOU, MARCO ANTONIO BORTOLETTO</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8769/anteprojeto_de_lei_23_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8769/anteprojeto_de_lei_23_2022.pdf</t>
   </si>
   <si>
     <t>Institui a campanha “Dezembro Verde” no Calendário Oficial do Município da Lapa, dedicado à conscientização de ações educativas sobre a prevenção da crueldade contra os animais e o abandono, bem  como da adoção e posse responsável e dá outras providências.</t>
   </si>
   <si>
     <t>8771</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8771/protocolo_geral_n_1334_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8771/protocolo_geral_n_1334_2022.pdf</t>
   </si>
   <si>
     <t>Institui política de transparência na cobrança do Imposto Sobre a Propriedade Predial e Territorial Urbana (IPTU) no Município da Lapa.</t>
   </si>
   <si>
     <t>9071</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9071/protocolo_geral_n_1543.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9071/protocolo_geral_n_1543.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de Bueiro Inteligente nas obras e serviços públicos de saneamento como forma de prevenção de enchentes e alagamentos no Município da Lapa/Pr.</t>
   </si>
   <si>
     <t>9296</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9296/protocolo_n_1857.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9296/protocolo_n_1857.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal da Transparência e Controle Social como medida preventiva à corrupção no Município da Lapa/Pr e dá outras providências.</t>
   </si>
   <si>
     <t>9445</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9445/2078.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9445/2078.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1° e o anexo III da Lei n°3932, de 13 de maio de 2021, que criou no quadro dos servidores efetivos da Câmara Municipal da Lapa os cargos de Administrador, Analista de Recursos Humanos, e novas vagas para o cargo de Advogado e Técnico de Informática, e dá outras providências.</t>
   </si>
   <si>
     <t>9478</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9478/anteprojeto_de_lei_29_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9478/anteprojeto_de_lei_29_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de ação de prevenção e controle de diabetes em crianças e adolescentes matriculados nas escolas da rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>9504</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9504/anteprojeto_de_lei_30_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9504/anteprojeto_de_lei_30_2022.pdf</t>
   </si>
   <si>
     <t>Institui a obrigatoriedade da realização de ações preventivas à depressão e suicídio a todos os funcionários, educadores e professores de CMEIs e Escolas da Rede Pública do Município da Lapa Paraná.</t>
   </si>
   <si>
     <t>9510</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>VILMAR FÁVARO PURGA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9510/anteprojeto_de_lei_31_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9510/anteprojeto_de_lei_31_2022.pdf</t>
   </si>
   <si>
     <t>Denomina de "Rua Evaldo Metz" o logradouro municipal que especifica.</t>
   </si>
   <si>
     <t>9522</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9522/protocolo_geral_n2287_de_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9522/protocolo_geral_n2287_de_2022.pdf</t>
   </si>
   <si>
     <t>Cria a Campanha Municipal de divulgação dos males do fumo, do consumo de álcool e das drogas em todas as escolas e unidades de saúde do Município da Lapa/Pr.</t>
   </si>
   <si>
     <t>9537</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9537/2323.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9537/2323.pdf</t>
   </si>
   <si>
     <t>Declara Patrimônio Cultural de natureza Imaterial a "Coxinha de Farofa" no Município da Lapa/Pr.</t>
   </si>
   <si>
     <t>9553</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9553/anteprojeto_de_lei_34_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9553/anteprojeto_de_lei_34_2022.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Leitura Solidária: "Doe Livros e Partilhe Saberes" no Município da Lapa/Pr e dá outras providências.</t>
   </si>
   <si>
     <t>9617</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9617/anteprojeto_de_lei_35_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9617/anteprojeto_de_lei_35_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do Projeto Capoeira nas Escolas como atividade extracurricular na rede de ensino municipal e dá outras providências.</t>
   </si>
   <si>
     <t>9648</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9648/projeto_de_lei_36_2022_substituicao.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9648/projeto_de_lei_36_2022_substituicao.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto "Uma Criança, uma árvore".</t>
   </si>
   <si>
     <t>9660</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9660/anteprojeto_de_lei_37_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9660/anteprojeto_de_lei_37_2022.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito municipal a Campanha de Conscienciatização sobre a Depressão na Infância e na Adolescência no município da Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>9684</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9684/2687.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9684/2687.pdf</t>
   </si>
   <si>
     <t>Cria a Campanha Municipal de Prevenção, Conscientização e Combate aos males do uso do fumo, do consumo do álcool e de drogas em todas as escolas da Rede Pública Municipal de Ensino do Município da Lapa/PR</t>
   </si>
   <si>
     <t>9709</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9709/protocolo_geral_n_2778.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9709/protocolo_geral_n_2778.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos na Lei n°3832 de 24 de agosto de 2021.</t>
   </si>
   <si>
     <t>9748</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>GUSTAVO DAOU, VILMAR FÁVARO PURGA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9748/anteprojeto_de_lei_40_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9748/anteprojeto_de_lei_40_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal a adquirir o imóvel que especifica e dá outras providências;</t>
   </si>
   <si>
     <t>7813</t>
   </si>
   <si>
     <t>APLC</t>
   </si>
   <si>
     <t>Anteprojeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7813/anteprojeto_de_lei_complementar_01_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7813/anteprojeto_de_lei_complementar_01_2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 3710/2020, que dispõe sobre o Zoneamento de Uso e Ocupação do Solo do Município da Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>7805</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7805/anteprojeto_de_lei_complementar_02_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7805/anteprojeto_de_lei_complementar_02_2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipio nº 3702/2020, que dispõe sobre o Parcelamento do Solo para fins urbanos no  Município da Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>7812</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7812/anteprojeto_de_lei_complementar_03_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7812/anteprojeto_de_lei_complementar_03_2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 3711/2020, que dispõe sobre o Código de Obras e Edificações do Município da Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>7934</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7934/protocolo_geral_n_714_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7934/protocolo_geral_n_714_2022.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo único do artigo 71 da Lei Municipal nº 3.700, de 20 de março de 2020, que instituiu a revisão do Plano Diretor Municipal da Lapa e estabeleceu as diretrizes para o planejamento do município, e dá outras providências.</t>
   </si>
   <si>
     <t>8742</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8742/protocolo_geral_n_1253_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8742/protocolo_geral_n_1253_2022.pdf</t>
   </si>
   <si>
     <t>Institui a regularização de parcelas de imóveis urbanos registradas em condomínio, em situação "pro diviso".</t>
   </si>
   <si>
     <t>9283</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9283/protocolo_geral_n1826.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9283/protocolo_geral_n1826.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de desconto no pagamento de IPTU às pessoas que adotem animais e dá outras providências.</t>
   </si>
   <si>
     <t>9754</t>
   </si>
   <si>
     <t>ELE</t>
   </si>
   <si>
     <t>Chapa para Eleição da Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9754/chapa_compromisso_com_a_lapa.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9754/chapa_compromisso_com_a_lapa.pdf</t>
   </si>
   <si>
     <t>Chapa Compromisso com a Lapa.</t>
   </si>
   <si>
     <t>9715</t>
   </si>
   <si>
     <t>EIMP</t>
   </si>
   <si>
     <t>Emenda Parlamentar Impositiva</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9715/emenda_parlamentar_impositiva_projeto_de_lei_76_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9715/emenda_parlamentar_impositiva_projeto_de_lei_76_2022.pdf</t>
   </si>
   <si>
     <t>Emenda Parlamentar Impositiva ao Projeto de lei 76/2022.</t>
   </si>
   <si>
     <t>9716</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9716/projeto_de_lei_76_2022_emenda_impositiva.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9716/projeto_de_lei_76_2022_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>Nova Emenda Parlamentar Impositiva ao Projeto de lei 76/2022.</t>
   </si>
   <si>
     <t>9749</t>
   </si>
   <si>
     <t>ESG</t>
   </si>
   <si>
     <t>Emenda Substitutiva Geral</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9749/protocolo_geral_n2941_de_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9749/protocolo_geral_n2941_de_2022.pdf</t>
   </si>
   <si>
     <t>Recebimento do substituto geral ao projeto de lei 31/2022, de autoria do vereador Purga.</t>
   </si>
   <si>
     <t>6975</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>OSVALDO BENEDITO CAMARGO</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6975/protocolo_29_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6975/protocolo_29_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja feito um bueiro de entrada de 060 com (9) tubos com ângulo para caminhão e também (2) cargas de pedra (saibro). Da estrada principal em acesso para residência do Sr. Reginaldo Leandro Ferreira.</t>
   </si>
   <si>
     <t>6974</t>
   </si>
   <si>
     <t>MÁRIO PADILHA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6974/protocolo_30_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6974/protocolo_30_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, mais precisamente a CMTC Comissão Municipal de Transporte Coletivo, para que seja confeccionado uma lombada na Rua Honestálio Alves Guimarães, na altura do número 150, Bairro Tamanqueiro.</t>
   </si>
   <si>
     <t>6976</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6976/protocolo_geral_42_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6976/protocolo_geral_42_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para  que seja efetuada a pintura nos bancos da avenida Dr. Manoel Pedro e Caetano Munhoz da Rocha e também que seja feito a retirada dos postinhos de cimento que tem em cada começo e termino de cada quadra de referida avenida.</t>
   </si>
   <si>
     <t>6986</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6986/protocolo_52_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6986/protocolo_52_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal para que seja revisto a forma de acesso existente para as pessoas portadoras de deficiência ou com mobilidade reduzida no cemitério municipal da Lapa, notadamente na parte mais antiga do cemitério.</t>
   </si>
   <si>
     <t>6987</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6987/protocolo_53_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6987/protocolo_53_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que interceda junto ao Departamento Nacional de Infraestrutura de Transportes-DNIT, através do Deputado Federal Toninho Wandscheer, solicitando melhorias de acesso na BR 476, KM 231, em frente ao Colégio Juscelino Kubitschek de Oliveira, na localidade do Mato Preto.</t>
   </si>
   <si>
     <t>7545</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7545/protocolo_54_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7545/protocolo_54_2022.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo para que interceda junto ao Deputado Federal Toninho Wandscheer, solicitando recursos para que seja realizada pavimentação com pedras irregulares na estrada principal da comunidade do Marafigo.</t>
   </si>
   <si>
     <t>6996</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6996/protocolo_82_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6996/protocolo_82_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal para que seja instalado um parquinho infantil e uma academia ao ar livre na localidade do Rio da Areia ao lado do posto de saúde que já e propriedade do Município.</t>
   </si>
   <si>
     <t>7546</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7546/protocolo_100_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7546/protocolo_100_2022.pdf</t>
   </si>
   <si>
     <t>Ao Poder Executivo para que seja feita uma lombada elevada na Rua Alfredo Moreira Ribas, próximo ao portão dos fundos da Empresa Rodolapa.</t>
   </si>
   <si>
     <t>7547</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7547/protocolo_101_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7547/protocolo_101_2022.pdf</t>
   </si>
   <si>
     <t>Ao Poder Executivo para que seja instalado um leito de UTI neonatal na Maternidade Municipal Humberto Carrano.</t>
   </si>
   <si>
     <t>7039</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7039/protocolo_geral_n_115_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7039/protocolo_geral_n_115_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, mas precisamente a Secretaria de Obras e Urbanismo, para seja feito a pintura em amarelo na esquina da Avenida Caetano Munhoz da Rocha com a Rua Francisco Teixeira Coelho.</t>
   </si>
   <si>
     <t>7060</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7060/protocolo_geral_n_134_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7060/protocolo_geral_n_134_2022.pdf</t>
   </si>
   <si>
     <t>Solicita junto ao Executivo Municipal a possibilidade da pavimentação asfáltica no encontro das Ruas Eugênio Alves Guimarães com a Joacir Campanholo no Bairro Cidade Nova.</t>
   </si>
   <si>
     <t>7118</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7118/protocolo_geral_n_138_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7118/protocolo_geral_n_138_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Chefe do Poder Executivo Municipal a disponibilização na página oficial do Município de todos os Decretos do Poder Executivo.</t>
   </si>
   <si>
     <t>7269</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7269/protocolo_173_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7269/protocolo_173_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a possibilidade de implantação de uma Área de Entretenimento e Lazer no Bairro Olaria.</t>
   </si>
   <si>
     <t>7430</t>
   </si>
   <si>
     <t>FENELON BUENO MOREIRA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7430/protocolo_geral_n_200_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7430/protocolo_geral_n_200_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, através da Secretaria de Obras, realize o reparo do calçamento da Rua DES. FRANCISCO DE PAULA XAVIER FILHO, entre às Avenidas Papa João XXIII e Aloisio Leoni.</t>
   </si>
   <si>
     <t>7541</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7541/protocolo_geral_n_218_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7541/protocolo_geral_n_218_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal  e a Secretaria de Obras e Infraestrutura, para que seja analisada a possibilidade de instalação de redutores de velocidade na Rua Desembargador Otávio Ferreira do Amaral, próximo ao número 300, Bairro Serafim, onde se encontram duas escolas públicas, ou a possibilidade de reestudo do projeto urbanístico do local.</t>
   </si>
   <si>
     <t>7539</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7539/protocolo_geral_n_219_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7539/protocolo_geral_n_219_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal e a Secretaria de Obras e Infraestrutura para que seja analisada a possibilidade de recapagem asfáltica na Rua José Pazzinato, e também que a Secretaria de Meio Ambiente faça algo com relação ao grande número de cachorros na rua.</t>
   </si>
   <si>
     <t>7540</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7540/protocolo_geral_n_224_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7540/protocolo_geral_n_224_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal providências a respeito do escoamento de água na Rua Acre no bairro Antena.</t>
   </si>
   <si>
     <t>7542</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7542/protocolo_geral_n_225_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7542/protocolo_geral_n_225_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja efetuado a manutenção da quadra esportiva e área de lazer na Rua Heraclides de Almeida com a Rua Francisco de Souza no bairro Tamanqueiro.</t>
   </si>
   <si>
     <t>7543</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7543/protocolo_geral_n_226_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7543/protocolo_geral_n_226_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja efetuado uma limpeza na área onde se localiza a Escola Municipal Desativada na localidade de Barra dos Mello, bem como a possibilidade de execução de um campo de futebol.</t>
   </si>
   <si>
     <t>7517</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7517/protocolo_geral_n_228_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7517/protocolo_geral_n_228_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja efetuado uma reforma na Escola Campos Salles na Comunidade de Campina Vermelha ''Butiá'', bem como a implantação de uma área de Lazer, contando com Parquinho, Academia ao ar livre e melhorias no Campo de Futebol. Solicitamos também que após a reforma seja cedido o imóvel para a Associação de Moradores da Referida Comunidade que deverá efetuar a sua manutenção.</t>
   </si>
   <si>
     <t>7550</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7550/protocolo_geral_n_247_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7550/protocolo_geral_n_247_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que o presente subscreve, no uso de suas atribuições legais e regimentais, vem por meio solicitar ao poder executivo municipal para que seja instalado internet no posto de saúde de MATO PRETO MACHADO.</t>
   </si>
   <si>
     <t>7551</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7551/protocolo_geral_n_249_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7551/protocolo_geral_n_249_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que seja realizada a perfuração de um poço artesiano na comunidade de São João Caiva.</t>
   </si>
   <si>
     <t>7548</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7548/protocolo_geral_n250_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7548/protocolo_geral_n250_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que seja realizada a limpeza da vala na Rua Papa João 23, no bairro Jardim Cidade Nova.</t>
   </si>
   <si>
     <t>7549</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7549/protocolo_geral_n_251_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7549/protocolo_geral_n_251_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que seja construída uma lombada na Rua Duque de Caxias próximo ao número 876.</t>
   </si>
   <si>
     <t>7553</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7553/protocolo_geral_n_260_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7553/protocolo_geral_n_260_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal para que seja refeito um campo de futebol (sete) com colocação de novas traves na localidade de RIO DA AREIA.</t>
   </si>
   <si>
     <t>7556</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7556/protocolo_274_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7556/protocolo_274_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja efetuado o cadastramento das famílias que se encontram em loteamentos irregulares, e a realização do georreferenciamento das referidas áreas no entorno da cidade.</t>
   </si>
   <si>
     <t>7555</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7555/protocolo_275_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7555/protocolo_275_2022.pdf</t>
   </si>
   <si>
     <t>Solicita junto ao Executivo Municipal que de iniciativa a um projeto de lei, com o objetivo da criação do Conselho Municipal de Política Étnico Racial (COMPER) e do Fundo Municipal de Políticas de Promoção da Igualdade Racial (FUNDIPIR), do Município da Lapa-Pr.</t>
   </si>
   <si>
     <t>7604</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7604/indicacao_28.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7604/indicacao_28.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja feito manutenção, com saibro nas estradas das localidades do São João, São João Caiva, Alves e Caracol.</t>
   </si>
   <si>
     <t>7665</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7665/protocolo_geral_339.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7665/protocolo_geral_339.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo, que a pedido dos moradores da Comunidade da Carqueja, visto a grande urgência da reforma do posto de saúde, pacientes estão tendo que se deslocar até o posto de saúde da Água Azul.</t>
   </si>
   <si>
     <t>7755</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7755/protocolo_geral_n_392_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7755/protocolo_geral_n_392_2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao Executivo Municipal, a implantação de mais um ônibus/van (linha individual), para atender aproximadamente 10 criança das comunidades de Santo Amaro e Santa Clara, que estudam na Escola Padre Feijó, em horário distinto da linha do Estado.</t>
   </si>
   <si>
     <t>7799</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7799/protocolo_geral_n_398_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7799/protocolo_geral_n_398_2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao chefe do Poder Executivo Municipal e Secretaria responsável, para que seja enviado em técnico para verificar a possibilidade de manutenção e melhorias no início da Avenida Munhoz da Rocha, próximo ao trevo, onde há um desnível na pista e quando chove não há escoamento da água pluvial.</t>
   </si>
   <si>
     <t>7800</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7800/protocolo_geral_n_399_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7800/protocolo_geral_n_399_2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao Chefe Executivo Municipal e Secretaria responsável, para verificar possível melhoria ou instalação de bueiro, pois os moradores da casa localizada na Rua Nabi Paraná Filho, 121, no Bairro São Lucas, estão enfrentando dificuldades quando chove.</t>
   </si>
   <si>
     <t>7801</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7801/protocolo_geral_n_400_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7801/protocolo_geral_n_400_2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao chefe do Poder Executivo Municipal, a possibilidade de instalar lombada ou redutores de velocidade na Rua Ângelo Caus, Bairro Ronda.</t>
   </si>
   <si>
     <t>7807</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7807/protocolo_416_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7807/protocolo_416_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal patrolamento e se necessário ensaibramento e construção de bueiro na estrada de Mato Preto Machado, nas imediações do bar do Claudiney Melo.</t>
   </si>
   <si>
     <t>7808</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7808/protocolo_417_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7808/protocolo_417_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que realize a instalação de um sistema de microfone e autofalantes para o chamamento dos pacientes que utilizam o Posto de Saúde Central de nossa cidade (Postão).</t>
   </si>
   <si>
     <t>7809</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7809/protocolo_419_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7809/protocolo_419_2022.pdf</t>
   </si>
   <si>
     <t>Solicia ao Executivo Municipal para que seja realizado patrolamento e ensaibramento na estrada das Codornas na localidade do Veadeiro.</t>
   </si>
   <si>
     <t>7810</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7810/protocolo_420_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7810/protocolo_420_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal reparos na Avenida João Joslin do Vale, nas proximidades da marginal da rodovia, neste Município.</t>
   </si>
   <si>
     <t>7821</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7821/protocolo_geral_n_433.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7821/protocolo_geral_n_433.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal o necessário reparo das calçadas na Rua Amazonas, em frente ao Mercado Deda, conforme fotos que seguem em anexo.</t>
   </si>
   <si>
     <t>7818</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7818/protocolo_geral_n_448.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7818/protocolo_geral_n_448.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja feito patrolamento na Rua Ismael Dietrich Weinhardt, que faz ligação com a Rua Honestalio Alves Guimarães.</t>
   </si>
   <si>
     <t>7832</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7832/protocolo_geral_n_468.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7832/protocolo_geral_n_468.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal para que seja instalado uma academia ao ar livre e um parquinho infantil ao lado do posto de saúde da localidade de Carqueja.</t>
   </si>
   <si>
     <t>7834</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7834/indicacao_41_22_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7834/indicacao_41_22_ok.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que providencie a reforma ou a substituição dos bancos da Avenida Juscelino K. de Oliveira / João Joslin do Valle.</t>
   </si>
   <si>
     <t>7837</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7837/indicacao_42_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7837/indicacao_42_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal a construção de uma lombada na Rua João Candido Ferreira nas proximidades do Número 275.</t>
   </si>
   <si>
     <t>7836</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7836/indicacao_43_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7836/indicacao_43_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que seja realizada a colocação de pedras e o necessário patrolamento na Rua José Mayer, no distrito de Mariental.</t>
   </si>
   <si>
     <t>7845</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7845/indicacao_44_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7845/indicacao_44_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e a Secretaria de Obras e Infraestrutura verificar a possibilidade de realizar patrolamento e possível empedramento na estrada do Passa Dois.</t>
   </si>
   <si>
     <t>7847</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7847/indicacao_45_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7847/indicacao_45_22.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo Municipal para que seja feito a manutenção da estrada que liga Mariental até a escola Municipal do Campo Dr. Aloísio Leoni na Comunidade do Alves Cardosos.</t>
   </si>
   <si>
     <t>7851</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7851/protocolo_528_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7851/protocolo_528_2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao Chefe do Poder Executivo Municipal para que seja realizado um estudo sobre a possibilidade da prefeitura doar anualmente, jogo de camisas de futebol e futsal, masculino e feminino para estudantes de escolas estaduais que irão participar dos Jogos Escolares fase Municipal.</t>
   </si>
   <si>
     <t>7850</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7850/protocolo_529_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7850/protocolo_529_2022.pdf</t>
   </si>
   <si>
     <t>Indicar ao Chefe do Poder Executivo Municipal para que seja realizado um estudo sobre a possibilidade da Prefeitura doar itens para o café da manhã para crianças carentes de escolas estaduais.</t>
   </si>
   <si>
     <t>7854</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7854/protocolo_531_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7854/protocolo_531_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que seja construído um bueiro na estrada principal da Comunidade de Faxinal dos Dias em frente à residência do Sr. Lauro Mentes Valente.</t>
   </si>
   <si>
     <t>7857</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7857/indicacao__49_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7857/indicacao__49_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal a verificação in loco ara adequação de estacionamento em apenas um sentido na Rua João Cândido Ferreira (via de mão dupla) entre os cruzamento entre as Rua Senador Souza Naves e Rua Dr. Itamar Cortes, neste Município.</t>
   </si>
   <si>
     <t>7864</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7864/protocolo_geral_n_584_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7864/protocolo_geral_n_584_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal a criação de Projeto de lei Municipal a ser apresentado nesta Casa de Leis para autorizar o Executivo Municipal a conceder auxílio financeiro para transporte de estudantes universitários e de nível técnico no Município da Lapa.</t>
   </si>
   <si>
     <t>7866</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7866/protocolo_geral_n_595.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7866/protocolo_geral_n_595.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo para que seja realizada a limpeza e manutenção de todos os bueiros da Comunidade do Passa Dois, e destaque para os pedidos do Sr. Edson Nardes da Silva para o bueiro próximo da residência do Sr. Joao Horning, do Sr. Jair Griten para o bueiro próximo da casa do Sr. Carlos Francisco de Oliveira, da Sra. Rosimara Figueiró Mayer na estrada secundária próximo do Sr. Euclides Varela e do Sr. Reinaldo Horning próximo a sua residência.</t>
   </si>
   <si>
     <t>7869</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7869/protocolo_geral_n_600.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7869/protocolo_geral_n_600.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e ao Departamento de Obras a possibilidade de estudo para avaliar qual é a melhoria ideal na continuação da Rua Bortolo Sera, Bairro Baixo da Lapa.</t>
   </si>
   <si>
     <t>7870</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7870/protocolo_geral_n_602.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7870/protocolo_geral_n_602.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que seja realizado estudo para colocação de lombada elevada em frente aos pontos turísticos do Pantheon dos Heoes e Casa Lacerda, na Rua Xv de Novembro.</t>
   </si>
   <si>
     <t>7872</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7872/indicacao_54_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7872/indicacao_54_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a ampliação de rede de água na Comunidade de Primeiro Faxinal.</t>
   </si>
   <si>
     <t>7873</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7873/indicacao_55_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7873/indicacao_55_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal para que seja visto a possibilidade de pagar a gratificação (Operoso) aos funcionários do cemitério.</t>
   </si>
   <si>
     <t>7874</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7874/indicacao_56_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7874/indicacao_56_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja efetuado a manutenção da quadra esportiva e área de lazer na Rua da Fonte (Quebra Pote).</t>
   </si>
   <si>
     <t>7875</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7875/indicacao_57_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7875/indicacao_57_22.pdf</t>
   </si>
   <si>
     <t>Reitera ao Executivo Municipal a Indicação nº 21/2021, que solicita a readequação e manutenção das quadras poliesportivas do Parque Linear.</t>
   </si>
   <si>
     <t>7890</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7890/protocolo_geral_n_653.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7890/protocolo_geral_n_653.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja feito a limpeza de dois Bueiros na comunidade do Marafigo, próximo a residência  do sr. José Luiz Opolz Kleinschimidt e do Sr. Carlos Alberto Opolz.</t>
   </si>
   <si>
     <t>7889</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7889/protocolo_geral_n_651.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7889/protocolo_geral_n_651.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja feito o Patrolamento e ensaibramento na localidade do Marafigo, na estrada da residência do Sr. Junior Borges.</t>
   </si>
   <si>
     <t>7888</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7888/protocolo_geral_n_652.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7888/protocolo_geral_n_652.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja feito o Parolamento e Ensaibramento na Rua Juvenal Borges da Silveira, em frente ao CMEI Lia Terezinha Campanholo Mendes.</t>
   </si>
   <si>
     <t>7887</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7887/protocolo_geral_n_655.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7887/protocolo_geral_n_655.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo Municipal e também ao CMTC, para que a Rua Arthur Suplicy no bairro Serafim do Amaral seja somente de mão única.</t>
   </si>
   <si>
     <t>7891</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7891/protocolo_geral_n_662.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7891/protocolo_geral_n_662.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que seja realizada verificação in loco para dar encaminhamento aos órgãos responsáveis mediante as respectivas e necessárias licenças para o corte de 04 pinheiros localizados no terreno da Escola do 1º Faxinal, bem como de árvores de grande porte com risco de queda, situadas na propriedade vizinha da escola.</t>
   </si>
   <si>
     <t>7895</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7895/indicacao_63_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7895/indicacao_63_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal para que seja analisada a possibilidade de retirar a quadra que fica em frente à Escola Municipal Emilia Magalhães Ferreira do Amaral na Vila São José.</t>
   </si>
   <si>
     <t>7894</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7894/indicacao_64_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7894/indicacao_64_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal para que se possível seja analisado o nivelamento da calçada, no ponto de ônibus da Avenida Caetano Munhoz da Rocha.</t>
   </si>
   <si>
     <t>7935</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7935/protocolo_672_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7935/protocolo_672_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que seja realizada a execução/aplicação orçamentária e financeira das emendas individuais na Lei Orçamentária Anual.</t>
   </si>
   <si>
     <t>7893</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7893/indicacao_66_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7893/indicacao_66_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a necessária melhoria na viela que dá acesso da Avenida Gabriel Maristany Junior a Rua Antonio Cunha no Jardim Barcelona.</t>
   </si>
   <si>
     <t>7897</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7897/protocolo_677_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7897/protocolo_677_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a possibilidade de reparos no calçamento da Rua Otávio José Kuss nas proximidades da esquina com a Avenida Aloisio Leoni.</t>
   </si>
   <si>
     <t>7967</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7967/protocolo_geral_n_702_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7967/protocolo_geral_n_702_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo que seja colocada (duas) lombadas na Rua Barão dos Campos Gerais.</t>
   </si>
   <si>
     <t>7965</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7965/protocolo_geral_n_710_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7965/protocolo_geral_n_710_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que seja realizada a colocação de pedras e o necessário patrolamento na estrada principal da localidade de Rio da Areia, neste Município.</t>
   </si>
   <si>
     <t>7966</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7966/protocolo_geral_n_711_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7966/protocolo_geral_n_711_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que seja realizada reforma no telhado da Escola Rural Municipal "Gustavo Kuss", localizada no 1° Faxinal, neste Município.</t>
   </si>
   <si>
     <t>7969</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7969/protocolo_geral_n_726_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7969/protocolo_geral_n_726_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja providenciado a instalação de Placas de Sinalização com Nome das Ruas no bairro Olaria.</t>
   </si>
   <si>
     <t>7982</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7982/protocolo_geral_n_761_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7982/protocolo_geral_n_761_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal para que, se possível seja realizado manutenção e o empedramento do carreiro que passa ao lado do CAIC- Centro de Educação Integral a Criança e ao Adolescente, que dá acesso entre a comunidade do São Lucas ao bairro da Cohapar/Jardim Explanada.</t>
   </si>
   <si>
     <t>7985</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7985/protocolo_780_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7985/protocolo_780_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, que seja instalado um parquinho e uma academia ao ar livre na localidade de Água Azul, ao lado do posto de saúde.</t>
   </si>
   <si>
     <t>7998</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7998/protocolo_geral_n_819_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7998/protocolo_geral_n_819_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e a Secretaria de Obras e Infraestrutura verificar a possibilidade de instalar algumas manilhas na estrada do Marafigo, mais precisamente na rua 2, estrada que dá acesso para o Bairro Olaria, dando continuidade na instalação de manilhas que já foi iniciado há algum tempo, assim como a possibilidade de instalação de um bueiro.</t>
   </si>
   <si>
     <t>7999</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7999/protocolo_geral_n_820_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7999/protocolo_geral_n_820_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e a Secretaria de Obras e Infraestrutura verificar a possibilidade de realizar patrolamento e ensaibramento na estrada indo em direção ao Mercado Renovar, e Borracharia do Hulk, na localidade do Faxinal dos Dias.</t>
   </si>
   <si>
     <t>8000</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8000/protocolo_829_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8000/protocolo_829_22.pdf</t>
   </si>
   <si>
     <t>Indica a verificação para adequação de estacionamento em apenas um sentido na totalidade da Alameda David Carneiro na via localizada em frente a Delegacia de Polícia Civil.</t>
   </si>
   <si>
     <t>8008</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8008/protocolo_856_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8008/protocolo_856_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizada a colocação de lombada elevada ou outra forma de segurança ao acesso de pedestres à Creche José Lacerda, com portão de entrada situada a Rua Otávio José Kuss, neste Município.</t>
   </si>
   <si>
     <t>8012</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8012/protocolo_geral_n_867_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8012/protocolo_geral_n_867_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal para que seja analisada a possibilidade de incluir no planejamento a construção de uma Unidade de Saúde para atendimento semanal na Comunidade de Colônia Johannesdorf.</t>
   </si>
   <si>
     <t>8013</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8013/protocolo_geral_n_868_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8013/protocolo_geral_n_868_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e a Secretaria de Obras e Infraestrutura verificar a possibilidade de realizar patrolamento e empedramento em pequeno trecho que dá acesso na estrada principal da Colônia Johannesdorf, PR 427.</t>
   </si>
   <si>
     <t>8014</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8014/protocolo_geral_n_869_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8014/protocolo_geral_n_869_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal para que seja realizada uma pintura e pequenos reparos de manutenção, na Unidade de Saúde, na Localidade do Passa Dois.</t>
   </si>
   <si>
     <t>8015</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8015/protocolo_geral_n_870_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8015/protocolo_geral_n_870_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal para que seja construído um parquinho infantil para crianças na Colônia Johannesdorf.</t>
   </si>
   <si>
     <t>8020</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8020/protocolo_877_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8020/protocolo_877_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que seja realizada licitação para aquisição de cadeiras de rodas, muletas, andadores, cadeiras de banho e óculos para a secretaria e departamento social.</t>
   </si>
   <si>
     <t>8118</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8118/protocolo_geral_n_923_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8118/protocolo_geral_n_923_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a possibilidade de fazer uma manutenção no parquinho que está localizado no Largo Francisco Cunha Pereira Filho, no Centro Histórico da Lapa.</t>
   </si>
   <si>
     <t>8119</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8119/protocolo_geral_n_924_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8119/protocolo_geral_n_924_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal para que seja construído um parquinho para as crianças, assim como a instalação de academia ao ar livre para os idosos na Comunidade da Vila José Lacerda.</t>
   </si>
   <si>
     <t>8113</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8113/protocolo_geral_n_927_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8113/protocolo_geral_n_927_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal para que seja realizada operação "tapa buracos" e/ou nivelamento do recapeamento nas esquinas da Rua Frederico Virmond Cruzamento com as Ruas Nossa Senhora do Rocio (Foto em Anexo) e Dr. Joaquim Linhares de Lacerda, neste município.</t>
   </si>
   <si>
     <t>8117</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8117/protocolo_geral_n_936_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8117/protocolo_geral_n_936_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que seja feita a extensão da rede de água para o Sr Edegar Amarante, na Comunidade do Faxinal dos Dias.</t>
   </si>
   <si>
     <t>8115</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8115/protocolo_geral_n_937_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8115/protocolo_geral_n_937_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja feito um bueiro para Sr Luiz Felipe Mendes Pechedea, na localidade do Bonito.</t>
   </si>
   <si>
     <t>8116</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8116/protocolo_geral_n_938_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8116/protocolo_geral_n_938_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que seja feito patrolamento e ensaibramento para o Sr João Latoeiro, na comunidade dos Santos Reis.</t>
   </si>
   <si>
     <t>8120</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8120/protocolo_944_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8120/protocolo_944_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que providencie por meio da Secretaria de Saúde a implantação de protocolo ou outro meio de acompanhamento para solicitações realizadas no Setor de Marcação de Transporte da área referida.</t>
   </si>
   <si>
     <t>8122</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8122/protocolo_948_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8122/protocolo_948_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizada a colocação de pedras e o necessário patrolamento na localização das Porteiras, situada no Distrito de Mariental.</t>
   </si>
   <si>
     <t>8123</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8123/protocolo_949_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8123/protocolo_949_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizada a colocação de pedras e patrolamento no prolongamento final da Rua Pedro Soares de Siqueira, Bairro Cascata, o qual dá acesso de diversas chácaras.</t>
   </si>
   <si>
     <t>8187</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8187/protocolo_geral_n_975_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8187/protocolo_geral_n_975_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, para que seja feita rede de água na comunidade do Mato Queimado.</t>
   </si>
   <si>
     <t>8188</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8188/protocolo_geral_n_976_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8188/protocolo_geral_n_976_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja feita rede de água na comunidade de Palmital de Cima.</t>
   </si>
   <si>
     <t>8222</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8222/protocolo_geral_n_988_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8222/protocolo_geral_n_988_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Chefe do Poder Executivo Municipal e a Secretaria de Obras e Infraestrutura para verificar a possibilidade de realizar patrolamento e ensaibramento na Comunidade do São Bento, mais precisamente na estrada onde o ônibus escolar inicia na Barra dos Melos, passando por Barreiro Grande, e principalmente pelo Despique, que é onde a estrada está em piores condições e há uma subida que dificulta ainda mais. Esta linha leva estudantes até a Escola Municipal do Campo Nossa Senhora de Lourdes e o Colégio Estadual do Campo Nossa Senhora do Desterro.</t>
   </si>
   <si>
     <t>8225</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8225/protocolo_geral_n_989_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8225/protocolo_geral_n_989_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e setor responsável, a possibilidade de fazer uma manutenção na quadra de esportes da Escola Municipal do Campo Nossa Senhora de Lourdes, na comunidade de São Bento. Pedimos também a retirada com urgência de vespeiras nesta quadra, devido ao grande risco à saúde de crianças, adolescentes e profissionais da educação.</t>
   </si>
   <si>
     <t>8247</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8247/protocolo_geral_n_1000_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8247/protocolo_geral_n_1000_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que seja realizada a colocação de pedras e o necessário patrolamento na Vila dos Hankel, em ambas as entradas na localidade da Johannesdorf, neste Município.</t>
   </si>
   <si>
     <t>8256</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8256/protocolo_1004_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8256/protocolo_1004_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal e à Comissão de Trânsito que instale uma lombada na Rua Sergipe (em frente ao Número 150) em frente ao parquinho infantil e à cancha de areia.</t>
   </si>
   <si>
     <t>8349</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8349/protocolo__1062_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8349/protocolo__1062_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Exexcutivo Municipal que seja instalado um parquinho e uma academia ao ar livre na localidade do Bonito.</t>
   </si>
   <si>
     <t>8362</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8362/protocolo_geral_n_1068_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8362/protocolo_geral_n_1068_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo, para que seja instalado um parque infantil no bairro Vila Esperança.</t>
   </si>
   <si>
     <t>8373</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>MARCO ANTONIO BORTOLETTO, OSVALDO BENEDITO CAMARGO</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8373/1073_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8373/1073_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja reiterado o pedido de implantação do Sistema de água na localidade de Bonito.</t>
   </si>
   <si>
     <t>8375</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8375/protocolo_1079_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8375/protocolo_1079_22.pdf</t>
   </si>
   <si>
     <t>Solicita a Viação Expresso Maringá a possibilidade de reforço em mais horários, devido a lotação na linha Araucária X Lapa por motivos de frequentes reclamações dos passageiros.</t>
   </si>
   <si>
     <t>8432</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8432/protocolo_geral_n_1101.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8432/protocolo_geral_n_1101.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, para que seja patrolado e ensaibrado a estrada vicinal que da acesso a propriedade do senhor ASSIS MARTINS MACHADO, na comunidade do Canoeiro.</t>
   </si>
   <si>
     <t>8433</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8433/protocolo_geral_n_1103_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8433/protocolo_geral_n_1103_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal a criação de Farmácia de Manipulação Municipal, com o necessário encaminhamento aos órgãos competentes.</t>
   </si>
   <si>
     <t>8479</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8479/protocolo_geral_n_1131_2022_certo.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8479/protocolo_geral_n_1131_2022_certo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder executivo Municipal para que seja analisada a possibilidade de instalação de câmaras de segurança na Unidade de Pronto Atendimento (UPA), em pontos estratégicos, como sala de espera, corredores, etc, o que daria um respaldo, tanto para o servidor, quanto para o usuário, em caso de dúvidas sobre o atendimento prestado, o que ainda aumentaria a segurança do local.</t>
   </si>
   <si>
     <t>8478</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8478/protocolo_geral_n_1132_2022_certo.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8478/protocolo_geral_n_1132_2022_certo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo e o Departamento de Controle e Bem Estar Animal, a possibilidade de realizar o CastraPet em outros bairros do Município, essa ação é realizada no Módulo Esportivo, e isso dificulta muito para os moradores de bairros afastados para que possam levar seus animais.</t>
   </si>
   <si>
     <t>8477</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8477/protocolo_geral_n_1135_2022_certo.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8477/protocolo_geral_n_1135_2022_certo.pdf</t>
   </si>
   <si>
     <t>Solicita junto ao Executivo Municipal a possibilidade de um reajuste significativo nos valores pagos aos Estagiários que cursam o Ensino médio, técnico e de nível superior.</t>
   </si>
   <si>
     <t>8611</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8611/protocolo_geral_n_1172_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8611/protocolo_geral_n_1172_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal a proposta do Projeto em homenagem ao Dia do Funcionário Público de autoria do Sr. Jairo Domingues Alberti para encaminhamento aos Departamentos correlatos, Secretaria de Administração e Procuradoria do Município para análise da viabilidade e aplicabilidade.</t>
   </si>
   <si>
     <t>8622</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8622/protocolo_1191_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8622/protocolo_1191_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja efetuado limpeza nos tambores de Lixo do Parque do Monge e feito a perfuração nos mesmos para escoar a água que está ficando parada no fundo dos tambores.</t>
   </si>
   <si>
     <t>8621</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8621/protocolo_1192_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8621/protocolo_1192_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, tão logo que as condições climáticas permitam o trabalho, que seja feito o ensaibramento na estrada principal da _x000D_
  Colônia Johanesdorf que liga a Igreja a PR 427 passando pela Vila Rankel.</t>
   </si>
   <si>
     <t>8620</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8620/protocolo_1193_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8620/protocolo_1193_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que seja realizada a colocação de pedras e o necessário patrolamento na estrada que dá acesso ao Centro Terapêutico Viva o Instante, localizado no Boqueirão, neste Município.</t>
   </si>
   <si>
     <t>8700</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8700/protocolo_geral_n_1224_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8700/protocolo_geral_n_1224_2022.pdf</t>
   </si>
   <si>
     <t>Indica que o Executivo Municipal, através da Secretaria de Obras e Urbanismo, efetue a canalização do córrego, que se encontra a céu aberto, na AV. João Joslin do Valle -  frente ao N° 1.457, no Bairro Jardim Cidade Nova. Requer ainda, que encaminhe a esta Casa de Leis o protocolo e informações sobre a autorização ambiental, para tal finalidade junto ao I.A.T. (Instituto Água e Terra), e demais órgãos necessários, antes a morosidade do início da obra.</t>
   </si>
   <si>
     <t>8699</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8699/protocolo_geral_n_1225_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8699/protocolo_geral_n_1225_2022.pdf</t>
   </si>
   <si>
     <t>Indica que o Executivo Municipal, através da Secretaria de Obras e Urbanismo, efetue o estudo para a via de mão única na Rua Arthur Suplicy, entre as Ruas João Cândido Ferreira e Clementino Paraná.</t>
   </si>
   <si>
     <t>8755</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8755/protocolo_geral_n_1275_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8755/protocolo_geral_n_1275_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que seja feito ensaibramento na estrada da chácara do senhor Salvador Helson Ferreira Cardoso, mais conhecido por Helcio na comunidade do Canoeiro.</t>
   </si>
   <si>
     <t>8761</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8761/protocolo_1283_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8761/protocolo_1283_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e a Secretaria de Obras e Infraestrutura verificar a possibilidade de realizar o Patrolamento e empedramento na Estrada de Porteiras, na Comunidade de restiinga Quilombola.</t>
   </si>
   <si>
     <t>8759</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8759/protocolo_1284_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8759/protocolo_1284_22.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo Municipal a possibilidade de realizar a limpeza de fosssas na Comunidade da Restinga Quilombola.</t>
   </si>
   <si>
     <t>8758</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8758/protocolo_1288_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8758/protocolo_1288_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja destinado um par de traves de futebol suíço para a Escola Municipal São Miguel, na localidade do Passa Dois.</t>
   </si>
   <si>
     <t>8760</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8760/protocolo_1289_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8760/protocolo_1289_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, mais precisamente a CMTC para que seja confeccionado uma travessia elevada na Avenida Getúlio Vargas em frente ao Mercado Santa Clara.</t>
   </si>
   <si>
     <t>8764</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8764/protocolo_1298_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8764/protocolo_1298_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal para que seja realizada ampliação do sistema de água da Comunidade do Passa Dois, na localidade conhecida por Portão Pesado.</t>
   </si>
   <si>
     <t>8766</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8766/protocolo_1305_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8766/protocolo_1305_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que seja realizado o estudo e projeto para a construção de um heliporto neste Município, visando os atendimentos médicos de extrema urgência.</t>
   </si>
   <si>
     <t>8773</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8773/protocolo_geral_n_1333_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8773/protocolo_geral_n_1333_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo para que seja instalado uma cobertura no ponto de ônibus escolar na Rua Conselheiro Alves de Araújo esquina com a Rua Indalecio Rodrigues.</t>
   </si>
   <si>
     <t>8774</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8774/protocolo_geral_n_1336_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8774/protocolo_geral_n_1336_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a construção de lombada na Avenida Getúlio Vagas, em frente ou próximo do Mercado Avenida, neste Município.</t>
   </si>
   <si>
     <t>8797</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8797/protocolo_1352_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8797/protocolo_1352_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a possibilidade de intervir junto a Empresa Expresso Maringá, para que seja disponibilizado o horário das 08:15 h da manhã, que saia de Araucária, sentido à Lapa.</t>
   </si>
   <si>
     <t>8796</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8796/protocolo_1353_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8796/protocolo_1353_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a instalação de 1 vaga de estacionamento de 15 minutos na Rua Barão dos Campos gerais, nº 183, na frente da Clinica Espaço Evolução.</t>
   </si>
   <si>
     <t>8873</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8873/protocolo_geral_n_1407_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8873/protocolo_geral_n_1407_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal ensaibramento na estrada que dá acesso a residência dos senhores Dito Budek, Adilson Budek e Tico do Rio do Sul, na localidade do Segundo Faxinal.</t>
   </si>
   <si>
     <t>8872</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8872/protocolo_geral_n_1408_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8872/protocolo_geral_n_1408_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal patrolamento e ensaibramento na estrada de residência do senhor mais conhecido como Veio do Rio, na localidade de Floresta São João.</t>
   </si>
   <si>
     <t>8871</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8871/protocolo_geral_n_1409_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8871/protocolo_geral_n_1409_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal ensaibramento na estrada que dá acesso a residência do senhor Eduardo Coelho Pinto, na comunidade Campina da Taipa, Faxinal dos Pintos.</t>
   </si>
   <si>
     <t>8943</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8943/protocolo_geral_n_1424_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8943/protocolo_geral_n_1424_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal e ao Departamento de Esportes, a possibilidade de retomar o campeonato de futebol que era realizado entre Escolas do Campo e Escolas da Área Urbana.</t>
   </si>
   <si>
     <t>8942</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8942/protocolo_geral_n_1425_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8942/protocolo_geral_n_1425_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a possibilidade de contratar profissional Médico Neurologista, para atuar no CAE, Centro de Atendimento Especializado, aqui o Município da Lapa e urgente contratação de Psicopedagoga.</t>
   </si>
   <si>
     <t>8939</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8939/protocolo_geral_n_1426_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8939/protocolo_geral_n_1426_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal por meio da Procuradoria da Mulher, que seja analisada a possibilidade de instalação de um banheiro feminino no campo de futebol/ quadra na localidade de Água Azul.</t>
   </si>
   <si>
     <t>8956</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8956/protocolo_1444_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8956/protocolo_1444_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja efetuado limpeza no "Valetão" localizado na Avenida João Joslin do Valle esquina com a Rua Gélson Luiz Capelin.</t>
   </si>
   <si>
     <t>8957</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8957/protocolo_1445_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8957/protocolo_1445_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal providências a respeito do escoamento de água na Rua Henrique Wiedmer do Bairro Esplanada.</t>
   </si>
   <si>
     <t>8958</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8958/protocolo_1446_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8958/protocolo_1446_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja efetuado a Limpeza de Bueiros e Patrolamento na Estrada Principal do Butiá - Campina Vermelha.</t>
   </si>
   <si>
     <t>8959</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8959/protocolo_1447_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8959/protocolo_1447_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja providenciado a instalação de um ponto de ônibus coberto na Rua Duque de Caxias com a Rua Cândida Correa Costa.</t>
   </si>
   <si>
     <t>8960</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8960/protocolo_1451_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8960/protocolo_1451_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a realização de reparos e melhorias necessárias na Rua Alberto Weiss, próximo ao número 114, neste Município.</t>
   </si>
   <si>
     <t>8962</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8962/protocolo_1453_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8962/protocolo_1453_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja feito ensaibramento na estrada que vai para as estufas de fumo do Senhor Reinaldo Afonso Meira, mais conhecido como Nardo, na Comunidade de Água Azul.</t>
   </si>
   <si>
     <t>9018</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9018/protocolo_geral_n_1508_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9018/protocolo_geral_n_1508_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que seja realizada pavimentação asfaltica na Rua Coronel João Pacheco, entre  a Rua Cônego João Evangelista Braga e Avenida Tancredo de Almeida Neves.</t>
   </si>
   <si>
     <t>9066</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9066/protocolo_1514_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9066/protocolo_1514_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que seja instalada uma lombada ou redutor de velocidade na Rua Leocádio Dietrich, na Comunidade do São Lucas, entre o Caic e a Associação dos Servidores Públicos Municipais da Lapa.</t>
   </si>
   <si>
     <t>9065</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9065/protocolo_1515_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9065/protocolo_1515_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo Municipal que seja realizadas adaptações e manutenção nas grades e portões da quadra poliesportiva, localizada junto a Escola Municipal Leopoldo Jacomel, no Canoeiro, assim como limpeza e pintura</t>
   </si>
   <si>
     <t>9064</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9064/protocolo_1516_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9064/protocolo_1516_22.pdf</t>
   </si>
   <si>
     <t>Indica o chefe do Poder Executivo Municipal a solicitação para que ocorra a limpeza o cemitério São Miguel, na comunidade do Passa Dois.</t>
   </si>
   <si>
     <t>9019</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9019/protocolo_geral_n_1517_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9019/protocolo_geral_n_1517_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal encaminhamento ao PROCON para que este órgão do consumidor proceda com a fiscalização dos preços de combustíveis praticados pelos postos do município da Lapa/Pr.</t>
   </si>
   <si>
     <t>9069</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9069/protocolo_1529_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9069/protocolo_1529_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja efetuado a reforma dos banheiros do Parque Linear, ao lado das quadras esportivas.</t>
   </si>
   <si>
     <t>9072</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9072/protocolo_1544_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9072/protocolo_1544_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal para que seja realizado patrolamento e ensaibramento na estrada do Faxinal dos Pintos, a qual dá acesso à estrada principal em frente à Fazenda Ribas.</t>
   </si>
   <si>
     <t>9089</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9089/protocolo_geral_n_1617.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9089/protocolo_geral_n_1617.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja providenciado a instalação de um Ponto de Ônibus coberto na Avenida Aloisio Leoni, na esquina do INSS e outro em frente ao Posto Estação.</t>
   </si>
   <si>
     <t>9178</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9178/protocolo_geral_n_1670_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9178/protocolo_geral_n_1670_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal para que seja verificado a possibilidade de manutenção do parquinho de crianças da comunidade de Rincão, ou mesmo dispor um novo parquinho para a comunidade.</t>
   </si>
   <si>
     <t>9177</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9177/protocolo_geral_n_1671_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9177/protocolo_geral_n_1671_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal para que seja verificado a possibilidade de pavimentar o trecho final da Rua Amazonas no Bairro Olaria.</t>
   </si>
   <si>
     <t>9176</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9176/protocolo_geral_n_1672_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9176/protocolo_geral_n_1672_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo para que a prefeitura da Lapa, firme parcerias com Centros Universitários de Educação à Distancia para ofertar vagas em cursos Superior para estudantes de baixa renda, como cursos de administração, contabilidade, licenciaturas em geral, em que custam cerca de R$ 200,00/mês. Nestes termos, se fossem cedidos a cinquenta estudantes, custariam para os cofres públicos do município, algo em torno de apenas R$10.000,00 por mês. Estes mesmos alunos poderiam trabalhar como estagiários em diversos departamentos da prefeitura como retorno do valor investido.</t>
   </si>
   <si>
     <t>9175</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9175/protocolo_geral_n_1674_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9175/protocolo_geral_n_1674_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal para que a Prefeitura da Lapa verifique com a COMEC e outros órgãos governamentais para que seja realizado estudo sobre a viabilidade de termos uma linha metropolitana de ônibus entre os municípios de Lapa e Campo Largo.</t>
   </si>
   <si>
     <t>9179</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9179/protocolo_geral_n_1675_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9179/protocolo_geral_n_1675_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal para que seja realizado a ampliação do sistema de água do Mato Preto Povinho para as comunidades de Mato Preto Machado e Água Vermelha.</t>
   </si>
   <si>
     <t>9181</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9181/protocolo_geral_n_1687.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9181/protocolo_geral_n_1687.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, um estudo da possibilidade de implantação da Guarda Municipal no Município.</t>
   </si>
   <si>
     <t>9244</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9244/protocolo_geral_n1731.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9244/protocolo_geral_n1731.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal pavimentação ou melhorias na Rua Ângelo Bortoletto e Rua do Contestado, situadas na Vila São Benedito, reforçando a solicitação que já foi protocolada em 20 de abril de 2021 por esta Vereadora.</t>
   </si>
   <si>
     <t>9245</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9245/protocolo_geral_n1732.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9245/protocolo_geral_n1732.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, revitalização na Rua Ildefonso Machado, reforçando a solicitação que já foi protocolada em 26 de maio de 2021 por esta Vereadora.</t>
   </si>
   <si>
     <t>9246</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9246/protocolo_geral_n1733.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9246/protocolo_geral_n1733.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que crie um fundo municipal para poder fornecer transporte para que estudantes municipais e estaduais do Município possam realizar aulas de campo, visita em museus, no planetário e pontos turísticos da Lapa e Região Metropolitana, entre outros locais desde que com planejamento e cota aprovados pela Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>9254</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9254/protocolo_geral_n_1746.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9254/protocolo_geral_n_1746.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal informações a respeito do Projeto de Reconstrução do Postão e da Farmácia Municipal Dr. Lauro Hirt Ferreira.</t>
   </si>
   <si>
     <t>9257</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9257/protocolo_1756_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9257/protocolo_1756_22.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo, através da COMUTRAN para que seja instalada lombada na Rua Barão do Rio Branco próximo ao Número 48.</t>
   </si>
   <si>
     <t>9259</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9259/1780.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9259/1780.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que seja providenciado a pintura em amarelo no meio-fio em frente ao Colégio General Carneiro.</t>
   </si>
   <si>
     <t>9262</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9262/protocolo_geral_n_1787.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9262/protocolo_geral_n_1787.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal para que seja realizada a restauração das placas de identificação das ruas do Bairro Olaria II, reforçando a solicitação que já foi protocolada em 07 de Junho de 2021 por esta Vereadora.</t>
   </si>
   <si>
     <t>9269</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9269/1808.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9269/1808.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a possibilidade de revitalização do Parque dos Maragatos.</t>
   </si>
   <si>
     <t>9268</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9268/1809.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9268/1809.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal e ao CMTC, para que seja feito uma lombada elevada em frente a Padaria Zeni.</t>
   </si>
   <si>
     <t>9271</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Vários Vereadores, GUSTAVO DAOU, OSVALDO BENEDITO CAMARGO</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9271/1818.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9271/1818.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a intermediação com a empresa de transporte público intermunicipal para a inclusão de linha  de ônibus permanente na Vila São Cristovão, neste Município.</t>
   </si>
   <si>
     <t>9270</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9270/1819.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9270/1819.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja realizado o estudo do prolongamento para sentido único e estacionamento único da Rua Hipólito Alves de Araújo a partir da Rua Senador Souza Naves, neste Município.</t>
   </si>
   <si>
     <t>9273</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9273/1820.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9273/1820.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal para que seja realizada a desobstrução do bueiro na comunidade do 2º Faxinal próximo à residência do senhor Carlos Siben.</t>
   </si>
   <si>
     <t>9272</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9272/1821.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9272/1821.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que sejam instaladas 05 lâmpadas de iluminação pública na estrada principal da Água Azul iniciando pelo poste que fica próximo a residência do senhor José Everaldo Vieira.</t>
   </si>
   <si>
     <t>9299</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9299/protocolo_geral_n1846.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9299/protocolo_geral_n1846.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que realize manilhamento da vala junto com o patrolamento e limpeza de entulhos que estão na frente da Escola Municipal do Campo Brasilino Ferreira de Almeida, na comunidade de Faxinal dos Corrêas.</t>
   </si>
   <si>
     <t>9298</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9298/protocolo_geral_n1847.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9298/protocolo_geral_n1847.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal verifique a possibilidade legal e financeira de oferecer uma cesta básica para incentivar pais de estudantes a colaborar com as APMFs das Escolas ou Cmeis, realizando a poda de grama, manutenção de jardins e roçadas nestas instituições.</t>
   </si>
   <si>
     <t>9306</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9306/1871.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9306/1871.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, o estudo para recuo do canteiro situado na Avenida Aloísio Leoni em frente ao Supermercado Barcelona, neste Município.</t>
   </si>
   <si>
     <t>9307</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9307/1873.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9307/1873.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal para que seja construída uma lombada na Rua Roberto Hoffmann no Bairro Jardim Montreal, próximo à residência nº 93.</t>
   </si>
   <si>
     <t>9311</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9311/protocolo_1883_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9311/protocolo_1883_2022_ok.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal para que sejam instaladas placas de proibido estacionar ao lado da passarela construída recentemente na Vila São José.</t>
   </si>
   <si>
     <t>9336</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9336/protocolo_geral_n_1907.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9336/protocolo_geral_n_1907.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a realização de estudos e testes em local a ser definido para a utilização do asfalto ecológico nas estradas rurais do Município.</t>
   </si>
   <si>
     <t>9356</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9356/protocolo_1916_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9356/protocolo_1916_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja efetuado limpeza no "Valetão" localizado entre as Ruas Tenente Alfredo Seabra e a Rua Agenor Scandelari, próximo ao Parque dos Maragatos.</t>
   </si>
   <si>
     <t>9357</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9357/protocolo_1917_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9357/protocolo_1917_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja encaminhada a Comissão de Trânsito o estudo quanto à necessidade de implantação de reduto de velocidade na rua Domingues Caetano Ferreira, em frente ao número 163.</t>
   </si>
   <si>
     <t>9358</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9358/protocolo_1918_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9358/protocolo_1918_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja encaminhada a Comissão de Trânsito o estudo quanto à necessidade de "Faixa Amarela", na Rua Otávio José Kuss, dentre a Rua Francisco Braga e Avenida Aloisio Leoni.</t>
   </si>
   <si>
     <t>9386</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9386/1974.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9386/1974.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal para que seja efetuado os reparos na estrada que se inicia na Policia Florestal no Parque do Monge e do acesso a diversas propriedades e também que seja efetuada uma operação tapa buracos na Avenida Getúlio Vargas até o Parque do Monge, enquanto aguardamos que seja efetuado o recape asfáltico da referida via.</t>
   </si>
   <si>
     <t>9393</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9393/1986.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9393/1986.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja oferecida uma vaga exclusiva com colocação de placa - estacionamento rotativo de 15 minutos, na frente da Loja Tecnohard, situada da Rua Barão dos Campos Gerais 50, centro.</t>
   </si>
   <si>
     <t>9395</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9395/1994.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9395/1994.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal e também a CMTC (Comissão Municipal Transporte Coletivo), para que seja feito uma lombada na Rua Barão do Rio Branco, passando o portão do exército em frente ao número 56.</t>
   </si>
   <si>
     <t>9396</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9396/2001.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9396/2001.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo para que seja instalado um ponto escolar de ônibus coberto, na Rua Conselheiro Alves de Araújo esquina com a Rua Indelécio Rodrigues.</t>
   </si>
   <si>
     <t>9397</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9397/2005.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9397/2005.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal para que seja executados reparos e manutenções no Parque Linear.</t>
   </si>
   <si>
     <t>9401</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9401/2008.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9401/2008.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja feita ensaibramento na comunidade de Espigão Branco, na estrada da residência do Senhor Sérgio Hukan.</t>
   </si>
   <si>
     <t>9402</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9402/2009.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9402/2009.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja efetuado manutenção Tapa Buraco, na Rua Coronel João Pacheco no bairro Barcelona, e que a referida rua seja incluída no projeto de recape asfáltico.</t>
   </si>
   <si>
     <t>9403</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9403/2010.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9403/2010.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja efetuado manutenção e reforma na academia ao ar livre localizada na pousada do Sol.</t>
   </si>
   <si>
     <t>9404</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9404/2011.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9404/2011.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal patrolamento na estrada do Campo de Telha.</t>
   </si>
   <si>
     <t>9400</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9400/2012.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9400/2012.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal a proposta de estudo e verificação para propositura pelo Poder Executivo Municipal de Projeto de Lei para que seja inserida dentre as atribuições da Procuradoria e Assessoria Jurídica Municipal a defesa de agentes públicos em relação a atos praticados que atendam ao interesse público, no exercício de suas atribuições constitucionais, legais ou regulamentares.</t>
   </si>
   <si>
     <t>9437</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9437/protocolo_2070_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9437/protocolo_2070_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que seja encaminhada a Comissão de Transito o estudo quanto à necessidade de implantação de Redutor de velocidade na Rua Leôncio Correa, esquina com a Rua Hipólito Alves de Araújo.</t>
   </si>
   <si>
     <t>9438</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9438/protocolo__2071_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9438/protocolo__2071_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a manutenção na Rua Carlos Ganzert.</t>
   </si>
   <si>
     <t>9439</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9439/protocolo_2072_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9439/protocolo_2072_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja encaminhada a Comissão de Trânsito o estudo quanto à necessidade de implantação de Redutor de Velocidade na Rua Joaquim Linhares de Lacerda, em frente ao Número 95.</t>
   </si>
   <si>
     <t>9440</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9440/protocolo_2073_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9440/protocolo_2073_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que seja realizado a colocação de pedras e o necessário patrolamento nas estradas de acesso ao Parque Industrial e de Serviços "Prefeito Miguel Lourenço Horning Batista".</t>
   </si>
   <si>
     <t>9465</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9465/protocolo_2131_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9465/protocolo_2131_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a possibilidade de um estudo para deixar o final da Avenida Juscelino Kubitschek com faixa dupla, mais precisamente em frente a Loja Dovalle Veículos.</t>
   </si>
   <si>
     <t>9466</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9466/protocolo_2132_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9466/protocolo_2132_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, que seja feito um estudo para pintura de faixa amarela ou colocado placa de proibido estacionar na Av. Juscelino Kubitschek, esquina com a Pedro Mendes de Camargo.</t>
   </si>
   <si>
     <t>9467</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9467/protocolo_2133_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9467/protocolo_2133_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a possibilidade de revitalização da academia ao ar livre na comunidade da Mariental, precisamente na Travessa Gotelife Zewe.</t>
   </si>
   <si>
     <t>9468</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9468/protocolo_2134_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9468/protocolo_2134_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal conforme o entendimento junto a Secretaria de Obras, que seja providenciado o espaço para o estacionamento de ônibus em frente a escola do Faxinal dos Correas.</t>
   </si>
   <si>
     <t>9469</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9469/protocolo_2135_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9469/protocolo_2135_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a manutenção das lombadas e placas de sinalização de transito e frente à escola da Lombada do Faxinal dos Correas na PR433.</t>
   </si>
   <si>
     <t>9470</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9470/protocolo_2136_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9470/protocolo_2136_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja inserida faixa amarela na Rua José Cardoso Monteiro, no Bairro da Estação.</t>
   </si>
   <si>
     <t>9487</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9487/protocolo_geral_n_2153_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9487/protocolo_geral_n_2153_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo e também a Secretaria de Obras, para que seja patrolado e ensaibrado a estrada que da acesso a propriedade do seu Orlando Batista Ramos na comunidade do Canoeiro.</t>
   </si>
   <si>
     <t>9486</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9486/protocolo_geral_n_2154_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9486/protocolo_geral_n_2154_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo Municipal para que a Prefeitura Municipal da Lapa, firme parcerias com Escolas Técnicas e profissionalizantes de Educação à distância para ofertar vagas em cursos para estudantes de baixa renda.</t>
   </si>
   <si>
     <t>9491</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9491/protocolo_2192_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9491/protocolo_2192_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal o patrolamento e ensaibramento nos pontos necessários na via marginal na PR 476, esquina com a Rua Felipe Teider na Mariental.</t>
   </si>
   <si>
     <t>9492</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9492/protocolo_2193_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9492/protocolo_2193_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal melhorias na Rua Professora Ana Teider na Mariental.</t>
   </si>
   <si>
     <t>9493</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9493/protocolo_2195_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9493/protocolo_2195_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a construção de lombada na extensão da Rua Honestalio Alves Guimarães.</t>
   </si>
   <si>
     <t>9502</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9502/indicacao_198_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9502/indicacao_198_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que seja patrolado e ensaibrado a estrada que dá acesso a casa do seu Carlos Rock de Paula, na comunidade de Água Azul na estrada principal.</t>
   </si>
   <si>
     <t>9503</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9503/indicacao_199_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9503/indicacao_199_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que seja patrolado e ensaibrado a estrada que dá acesso a casa do seu Pedro Correa na Comunidade de Água Azul.</t>
   </si>
   <si>
     <t>9509</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9509/protocolo_2231_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9509/protocolo_2231_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a intermediação com a empresa de transporte público municipal para o retorno da antiga linha 1 que atendia diversos bairros.</t>
   </si>
   <si>
     <t>9524</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9524/protocolo_geral_n2294_de_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9524/protocolo_geral_n2294_de_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal solicita patrolamento e ensaibramento na Rua Germano Gluck Bairro da Antena.</t>
   </si>
   <si>
     <t>9525</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9525/protocolo_geral_n2295_de_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9525/protocolo_geral_n2295_de_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal patrolamento e ensaibramento na Estrada do Viadeiro.</t>
   </si>
   <si>
     <t>9526</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9526/protocolo_geral_n2299.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9526/protocolo_geral_n2299.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito Municipal que seja realizada a colocação de pedras com urgência e o necessário patrolamento na estrada principal e arredores da Vila dos Crentes na localidade de São Bento.</t>
   </si>
   <si>
     <t>9527</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9527/protocolo_geral_n2300.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9527/protocolo_geral_n2300.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que seja realizada a colocação de pedras com Urgência e o necessário patrolamento na estrada da localidade do "Espigãozinho".</t>
   </si>
   <si>
     <t>9541</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9541/2336.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9541/2336.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal para que a Prefeitura Municipal da Lapa, inclua em seus futuros projetos de obras, intalação e uso da energia solar em Prédios Públicos e também em praças e parques do Município.</t>
   </si>
   <si>
     <t>9542</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9542/2343.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9542/2343.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal para que seja realizado operação "tapa buraco" e/ou nivelamento do recapamento na Travessa Milette Gabriel Baduy.</t>
   </si>
   <si>
     <t>9552</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9552/protocolo_2367_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9552/protocolo_2367_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que seja realizada operação "tapas buracos" e/ou nivelamento do recapeamento na Rua Duque de Caxias, próximo à residência sob nº 1581, neste município.</t>
   </si>
   <si>
     <t>9558</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9558/protocolo_2371_22_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9558/protocolo_2371_22_ok.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal junto a Secretaria de Obras que seja providenciado reforma no corrimão da escada que dá acesso a Escola Emília Ferreira do Amaral.</t>
   </si>
   <si>
     <t>9555</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9555/protocolo_2369_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9555/protocolo_2369_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja ensaibrado no prolongamento Rua Acre, até a localidade do Marafigo.</t>
   </si>
   <si>
     <t>9554</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9554/protocolo_2370_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9554/protocolo_2370_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja feito a manutenção no ônibus escolar da Comunidade do Santo Amaro.</t>
   </si>
   <si>
     <t>9557</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9557/protocolo_2372_22_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9557/protocolo_2372_22_ok.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja efetuado limpeza no "Valetão" localizado entre as Ruas José Dias Silva e Ricardo Ehlke.</t>
   </si>
   <si>
     <t>9556</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9556/protocolo_2373_22_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9556/protocolo_2373_22_ok.pdf</t>
   </si>
   <si>
     <t>Indica que a Prefeitura Municipal realize reparos de tapa buracos e demais manutenções na Rua Abigail Cortes, entre as Ruas XV de Novembro e Cel. João Antonio Ramalho, no centro (Próximo ao Santuário).</t>
   </si>
   <si>
     <t>9559</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9559/protocolo_2375_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9559/protocolo_2375_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal para que seja realizada operação "tapa buracos" e/ou nivelamento do recapeamento na Rua Gustavo Kuss.</t>
   </si>
   <si>
     <t>9593</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9593/2418_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9593/2418_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal patrolamento e ensaibramento na Estrada do Capão Bonito, mais precisamente na estrada que da acesso a propriedade do Senhor Hamilton Krainski.</t>
   </si>
   <si>
     <t>9594</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9594/2419_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9594/2419_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja efetuado manutenção "Tapa Buraco", na Rua Millete Gabriel Baduy, esquina com a Rua Vereador Osvaldo Montenegro.</t>
   </si>
   <si>
     <t>9607</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9607/2420_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9607/2420_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizado a colocação de pedras com urgência e o necessário patrolamento na estrada do Simão na localidade de Rio da Areia.</t>
   </si>
   <si>
     <t>9608</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9608/protocolo_2426_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9608/protocolo_2426_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizada a colocação de pedras e o necessário patrolamento na localidade de Campo de Telha.</t>
   </si>
   <si>
     <t>9611</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9611/2443_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9611/2443_2022.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizada a colocação de pedras e o necessário patrolamento na estrada que dá acesso a residência do Sr. Osvaldo Koizeraski na localidade de Caracol.</t>
   </si>
   <si>
     <t>9633</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9633/2472_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9633/2472_2022.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeitura que a mesma inclua em seus futuros projetos a disponibilização de caixas de compostagem comunitárias, em locais estratégicos do Município, com a finalidade de dar o melhor destino ao lixo.</t>
   </si>
   <si>
     <t>9635</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9635/2479_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9635/2479_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo municipal para que seja instalado um ponto escolar na localidade de Marafigo Pr 427 antes da curva dos Índios.</t>
   </si>
   <si>
     <t>9637</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9637/protocolo_2492_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9637/protocolo_2492_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, junto a Secretaria de Desenvolvimento que entrem em contato com os diretores de Clubes e Associações que fizeram parcerias para os Jogos Escolares do Paraná, que se necessite de reparos em gramados e arredores de suas agremiações, disponibilize a ajudar, como forma de agradecimento às entidades que cederam sua estrutura.</t>
   </si>
   <si>
     <t>9638</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9638/protocolo_2506_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9638/protocolo_2506_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que sejam realizados com urgência os reparos necessários no ponto de rede/sistema de água da Associação do Faxinal dos Corrêas, neste Município.</t>
   </si>
   <si>
     <t>9640</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9640/protocolo_2508_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9640/protocolo_2508_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal e Secretaria de Obras para que seja vista a possibilidade de empedrar com saibro ou pedrisco o pátio da Igreja na localidade de Mato Queimado.</t>
   </si>
   <si>
     <t>9650</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9650/2572.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9650/2572.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que crie um programa de formação continuada na área da inclusão, para que Professores, Pedagogos, Funcionários, e Gestores das Escolas Públicas Municipais que sintam amparados e preparados para atender alunos como autista, surdos, cegos, com Transtorno Opositor Desafiador (TOD), com Transtorno de Aprendizagem, Síndrome de Down, Transtorno do Déficit de Atenção e Hiperatividade (TDAH), etc, além de criar uma parceria com o Estado para que esses estudantes sejam acompanhados até os 17 anos, com tratamentos relacionados à sua Saúde Física e Cognitiva, como as terapias especializadas, visão, audição, diabetes, obesidade, depressão, ansiedade, automutilação, etc.</t>
   </si>
   <si>
     <t>9652</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9652/2576.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9652/2576.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a limpeza e manutenção do bosque que fica entre as Ruas Manoel Antônio da Cunha, Avenida Juscelino Kubitscheck e Rua Guanabara, precisamente fundos do Fórum da Comarca da Lapa.</t>
   </si>
   <si>
     <t>9670</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9670/2623.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9670/2623.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que instale bancos ou cadeiras na área externa das UBSs/ Postos de Saúde.</t>
   </si>
   <si>
     <t>9671</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9671/protocolo_2639_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9671/protocolo_2639_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja feito patrolamento e saibro na Rua 1, na Estação Nova, em frente as antigas casas da extinta Rede Ferroviária.</t>
   </si>
   <si>
     <t>9672</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9672/protocolo_2657_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9672/protocolo_2657_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizada a colocação de pedras e o necessário patrolamento na estrada da localidade do Núcleo Leiteiro.</t>
   </si>
   <si>
     <t>9688</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9688/protocolo_2706_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9688/protocolo_2706_22.pdf</t>
   </si>
   <si>
     <t>Indica a Comissão de Transito que seja feita a sinalização do ponto de Taxi em frente ao Hipermercado Condor, com placas e faixa necessária.</t>
   </si>
   <si>
     <t>9702</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9702/2762.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9702/2762.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo Municipal para que instale academia ao ar livre e um playgroud infantil no Bairro Estação</t>
   </si>
   <si>
     <t>9703</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9703/2763.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9703/2763.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que seja realizada a pavimentação ou melhorias na Rua Coronel João Pacheco, no Bairro Barcelona.</t>
   </si>
   <si>
     <t>9706</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9706/2767.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9706/2767.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizada a colocação de pedras com URGÊNCIA e o necessário patrolamento na estrada da Colônia São Carlos rumo ao Assentamento do Contestado.</t>
   </si>
   <si>
     <t>9711</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9711/protocolo_2791_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9711/protocolo_2791_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizado estacionamento para motos na Rua Coronel Dulcídio na primeira vaga em frente a Loja Camargo.</t>
   </si>
   <si>
     <t>9719</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9719/protocolo_2835_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9719/protocolo_2835_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizada a verificação para a limpeza, manutenção e se necessário manilhamento do bueiro situado na Localidade do Alves.</t>
   </si>
   <si>
     <t>9720</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9720/protocolo_2836_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9720/protocolo_2836_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que determine ao setor competente que tome providências quanto à limpeza e manutenção dos monumentos de nosso município.</t>
   </si>
   <si>
     <t>9722</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9722/protocolo_geral_n_2840.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9722/protocolo_geral_n_2840.pdf</t>
   </si>
   <si>
     <t>Indica o Poder Executivo para que seja realizado manutenção das calçadas na comunidade da Mariental, mais precisamente no cruzamento da Rua Carlos Weil com a Rua Perpétuo Socorro.</t>
   </si>
   <si>
     <t>9737</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9737/protocolo_2903_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9737/protocolo_2903_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a implantação de brinquedos inclusivos nos parquinhos da cidade.</t>
   </si>
   <si>
     <t>9738</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9738/protocolo_2904_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9738/protocolo_2904_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja realizada melhorias na Rua Orlando Schimidt, na Localidade da Johannesdorf.</t>
   </si>
   <si>
     <t>9745</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9745/protocolo_2931_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9745/protocolo_2931_22.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal para que comunique os senhores vereadores quando forem atendidas as solicitações feitas através das indicações, podendo ser por ofício e nas publicações em redes sociais e veículos de comunicações, mencionando o vereador que solicitou.</t>
   </si>
   <si>
     <t>9750</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9750/2951.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9750/2951.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que seja realizado a limpeza na academia ao ar livre no Bairro Cristo Rei.</t>
   </si>
   <si>
     <t>9751</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9751/2952.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9751/2952.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja restaurada a lombada em frente ao quartel da Polícia Militar na Avenida Dr. Manoel Pedro.</t>
   </si>
   <si>
     <t>7557</t>
   </si>
   <si>
     <t>INDV</t>
   </si>
   <si>
     <t>Indicação Verbal</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/</t>
+    <t>http://sapl.lapa.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Indicação verbal de autoria da Vereadora Brenda Ferrari da Silva, solicitando ao Executivo Municipal, junto ao Departamento competente, para que verifique com urgência a possibilidade de adicionar faixa amarela no meio-fio de um dos lados da Rua Darci Borges da Silveira, no bairro São Lucas. Tal pedido se faz necessário tendo em vista que na referida rua moram crianças com necessidades especiais que fazem uso do  ônibus escolar, o qual encontra dificuldades de acesso por ser esta rua muito estreita.</t>
   </si>
   <si>
     <t>7735</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, para que avalie a possibilidade de realizar patrolamento na estrada principal do Passa Dois, sentido Granja 1.</t>
   </si>
   <si>
     <t>7736</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, a possibilidade de instalação de vaga de estacionamento rotativo em frete ao Colégio Estadual General Carneiro.</t>
   </si>
   <si>
     <t>7822</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, a limpeza da vala próxima a Rua Agenor Scandelari, Jardim Montreal.</t>
   </si>
   <si>
     <t>8003</t>
   </si>
@@ -4222,51 +4222,51 @@
   <si>
     <t>Indicação verbal de autoria do Vereador Marco Antônio Bortoletto, solicitando ao Executivo Municipal, reforma da escola desativada na comunidade de Barra dos Melos, para que a mesma possa servir como uma unidade de saúde naquele local.</t>
   </si>
   <si>
     <t>8141</t>
   </si>
   <si>
     <t>Indicação verbal de autoria do Vereador Fenelon Bueno Moreira, solicitando ao Executivo Municipal, mais precisamente a Secretaria de Obras, patrolamento e colocação de pedras na estrada principal da Colônia São Carlos, cem metros antes e cem metros depois do oratório.</t>
   </si>
   <si>
     <t>8272</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, a possibilidade de utilizar parte do valor que é devolvido  pela Câmara de Vereadores, para ajudar todas as escolas e CMEIS do município para pagar ao Contador. Sendo R$ 720,00 por ano/escola, e são ao todo 31 instituições, o valor anual pago seria de R$ 22.320,00 e iriam ajudar e muito a Educação do Município. Anualmente cada escola municipal e CMEI precisa pagar ao Contador. Para isso, as escolas não podem utilizar verbas do Fundo Rotativo e nem do PDDE, ou seja, precisam realizar bingos, tardes do pastel, dinheiro que poderia ser usado para melhorias no Estabelecimento de Ensino, mas que vão para este fim. Precisam pagar (não barato) por locais para poder realizar o bingo (por exemplo), como a Associação dos Funcionários Públicos Municipais. Assim, como a Câmara Municipal da Lapa devolve aos cofres públicos aproximadamente 3 milhões por ano, seria possível utilizar parte deste valor.</t>
   </si>
   <si>
     <t>8273</t>
   </si>
   <si>
     <t>Indicação verbal de autoria da Vereadora Brenda Ferrari da Silva, solicitando ao Executivo Municipal, limpeza, manutenção da quadra e pintura da pista de skate, bem como a iluminação do local, pois os praticantes desse esporte pretendem realizar um campeonato municipal e contam com o apoio do Município inclusive com patrocínio de medalhas, troféus e divulgação através do Departamento de Esportes.</t>
   </si>
   <si>
     <t>8434</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8434/27_indicacao_verbal_sessao_24_de_maio.docx</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8434/27_indicacao_verbal_sessao_24_de_maio.docx</t>
   </si>
   <si>
     <t>Indivação verbal da vereadora Brenda Ferrari da Silva, que reforça ao Executivo Municipal, a indicação de setembro de 2021,  que solicita a manutenção no Parquinho, na comunidade do Feixo, e que segundo a resposta de dezembro de 2021, a solicitação foi encaminhada a Secretaria de Desenvolvimento Econômico, porém até esta data não foi realizada a devida manutenção.</t>
   </si>
   <si>
     <t>8511</t>
   </si>
   <si>
     <t>Indicação do vereador Fenelon Bueno Moreira, que solicita ao Executivo Municipal e a Secretaria de Obras a colocação de pedras na estrada do Caracol, sentido a Colônia Mariental, que dá acesso também a propriedade do senhor Adilson Kulka, que informou que recentemente um caminhão encalhou e foram necessários dois tratores para retirada.</t>
   </si>
   <si>
     <t>8512</t>
   </si>
   <si>
     <t>Indicação do vereador Fenelon Bueno Moreira, que solicita ao Executivo Municipal e a Secretaria de Obras, reparos na Rua Projetada 13, que fica próxima a Rua Alexandre Horning, que mesmo asfaltada está tomada de barro, vindo da outra rua.</t>
   </si>
   <si>
     <t>8695</t>
   </si>
   <si>
     <t>Indicação verbal de autoria da Vereadora Brenda Ferrari da Silva, solicitando ao Executivo Municipal, mais precisamente ao Departamento de Esportes, que abra espaço e chamamento público para reunião com lutadores de academias do Município e posterior criação do Campeonato Municipal a ser organizado e promovido pelo Executivo Municipal.</t>
   </si>
   <si>
     <t>8696</t>
   </si>
@@ -4357,2476 +4357,2476 @@
   <si>
     <t>Solicita ao Executivo Municipal que seja feito uma revisão e manutenção na rede de iluminação pública na comunidade da Johanesdorf, próximo ao armazém do senhor Alceu Schimdt, que seja substituído as lâmpadas existentes por lâmpadas de LED.</t>
   </si>
   <si>
     <t>9758</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, através da Secretaria de Obras, a realização de patrolamento e ensaibramento na estrada de acesso à residência do senhor Valdecir Kimietic, na Comunidade dos Prestes,  justifica-se pela dificuldades de colheita de frutas devido às más condições da estrada.</t>
   </si>
   <si>
     <t>9759</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, através da Secretaria de Obras, a realização de melhorias nas estradas rurais do município, com destaque para a comunidade da Barra dos Melos e Rio da Várzea, a pedido de produtores rurais.</t>
   </si>
   <si>
     <t>9473</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9473/mocao_de_apoio_01_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9473/mocao_de_apoio_01_2022_ok.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio em reconhecimento, valorização e solidariedade aos Profissionais de Enfermagem do Município.</t>
   </si>
   <si>
     <t>9618</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9618/protocolo_2335_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9618/protocolo_2335_22.pdf</t>
   </si>
   <si>
     <t>Sugestão para utilização de valores referente as Emendas Parlamentares Impositivas conforme Indicação 65/22.</t>
   </si>
   <si>
     <t>6973</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6973/protocolo_25_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6973/protocolo_25_2022.pdf</t>
   </si>
   <si>
     <t>Institui o auxílio-alimentação aos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>6990</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6990/protocolo_geral_68_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6990/protocolo_geral_68_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a convalidação de requisições de exames de raio x, por médicos da rede privada, para realização pelo Sistema Único de Saúde, no Município da Lapa/PR.</t>
   </si>
   <si>
     <t>7005</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7005/projeto_03_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7005/projeto_03_2022.pdf</t>
   </si>
   <si>
     <t>Estabelece os índices para revisão geral anual dos vencimentos e dos subsídios dos servidores, dos proventos dos aposentados e das pensões do poder executivo e legislativo municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>7026</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7026/projeto_de_lei_04_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7026/projeto_de_lei_04_22.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente inclusão da rubrica orçamentária de Contribuições no FUNDEB 30%.</t>
   </si>
   <si>
     <t>7120</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7120/protocolo_geral_n_140_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7120/protocolo_geral_n_140_2022.pdf</t>
   </si>
   <si>
     <t>Ratifica a 4° Alteração e Consolidação do Contrato do Consórcio Metropolitano de Saúde e Assistência Social do Paraná - COMESP e autoriza a permanência do município da Lapa no agora denominado CONSÓRCIO METROPOLITANO DE SERVIÇOS DO PARANÁ - COMESP e dá outras providências.</t>
   </si>
   <si>
     <t>7313</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7313/protocolo_geral_n_178_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7313/protocolo_geral_n_178_2022.pdf</t>
   </si>
   <si>
     <t>Modifica o art. 1° da Lei Municipal 3902/2022 para designar que o pagamento do auxílio-alimentação se dará por tickets/cartão magnético.</t>
   </si>
   <si>
     <t>7512</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7512/projeto_de_lei_07_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7512/projeto_de_lei_07_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a instituir no âmbito do Município da Lapa o Projeto Esporte na Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>7526</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7526/projeto_de_lei_08_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7526/projeto_de_lei_08_2022.pdf</t>
   </si>
   <si>
     <t>Altera o §1º, do Art. 2º, da Lei Municipal nº 1070/1991.</t>
   </si>
   <si>
     <t>7525</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7525/protocolo_geral_n_234_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7525/protocolo_geral_n_234_2022.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 2098, de 05 de Novembro de 2007.</t>
   </si>
   <si>
     <t>7537</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7537/protocolo_geral_n_236_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7537/protocolo_geral_n_236_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Colaboração que tem por objetivo a Realização de Campeonato de Futebol de Campo na Cidade da Lapa-Pr, com Organização da Sociedade Civil (OSC), a qual será selecionada através de Edital de Chamamento Público, para repasse de recursos financeiros e dá outras providências.</t>
   </si>
   <si>
     <t>7529</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7529/projeto_de_lei_11_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7529/projeto_de_lei_11_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a anistia de multas administrativas sob a égide da Lei Municipal nº 3781/2021 que versa sobre infrações administrativas derivadas de condutas e atividades lesivas ao enfrentamento da emergência de saúde pública decorrente do Coronavírus.</t>
   </si>
   <si>
     <t>7535</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7535/protocolo_geral_n_239_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7535/protocolo_geral_n_239_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Superávit Financeiro, referente instalação de internet nas Unidades Básicas de Saúde no interior do Município.</t>
   </si>
   <si>
     <t>7534</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7534/protocolo_geral_n_240_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7534/protocolo_geral_n_240_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente instalação de internet nas Unidades Básicas de Saúde no interior do Município.</t>
   </si>
   <si>
     <t>7536</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7536/protocolo_geral_n_241_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7536/protocolo_geral_n_241_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Anulação de Dotação, referente alteração de rubrica do Auxilio-alimentação.</t>
   </si>
   <si>
     <t>7533</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7533/protocolo_geral_n242_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7533/protocolo_geral_n242_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente aquisição de Patrulha Mecanizada conforme Convênio Plataforma+Brasil nº 920556/2021/MAPA.</t>
   </si>
   <si>
     <t>7602</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7602/projeto_de_lei_16_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7602/projeto_de_lei_16_2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do art. 3º, do art. 6º e do art. 10 da Lei Municipal nº 3834 de 24 de agosto de 2021.</t>
   </si>
   <si>
     <t>7820</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7820/projeto_de_lei_17_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7820/projeto_de_lei_17_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder bem móvel público municipal à Associação Menonita de Assistência Social Estrela de Belém - AMAS e dá outras providências.</t>
   </si>
   <si>
     <t>7819</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7819/projeto_de_lei_18_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7819/projeto_de_lei_18_2022.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 4º da Lei Municipal nº 2597, de 24 de Maio de 2011, que institui, no âmbito do Município da Lapa, a Política Municipal de Segurança Alimentar e Nutricional, conforme especifica e a dota outras providências.</t>
   </si>
   <si>
     <t>7844</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7844/projeto_de_lei_19_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7844/projeto_de_lei_19_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente implementação e execução de poços artesianos e sistema de distribuição de água nas localidades da Área Rural do Município da Lapa.</t>
   </si>
   <si>
     <t>7843</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7843/projeto_de_lei_20_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7843/projeto_de_lei_20_2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 3781, de 12.04.2021.</t>
   </si>
   <si>
     <t>7856</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7856/projeto_de_lei_21_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7856/projeto_de_lei_21_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 1º - A na Lei Municipal 3902/2022 para autorizar a concessão do auxílio-alimentação em folha de pagamento enquanto durar o tempo da licitação para contratação da empresa especializada mencionada no art. 1º, da Lei Municipal 3902/2022.</t>
   </si>
   <si>
     <t>7976</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7976/projeto_de_lei_22_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7976/projeto_de_lei_22_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Conselho Municipal dos Direitos da Pessoa com Deficiência do Município da Lapa/PR -CMDPD, e a criação do Fundo Municipal dos Direitos da Pessoa com Deficiência – FMDPD e dá outras providências.</t>
   </si>
   <si>
     <t>7981</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7981/projeto_de_lei_23_22_com_alteracoes_e_anexos.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7981/projeto_de_lei_23_22_com_alteracoes_e_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para elaboração e execução da Lei Orçamentária para o exercício financeiro do ano 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>7980</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7980/protocolo_geral_n_752_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7980/protocolo_geral_n_752_2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 3907, de 24.01.2022, que estabelece os índices para revisão geral anual dos vencimentos e dos subsídios dos servidores, dos proventos dos aposentados e das pensões do Poder Executivo e Legislativo Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>8184</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8184/protocolo_geral_n_977_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8184/protocolo_geral_n_977_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>8185</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8185/protocolo_geral_n_978_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8185/protocolo_geral_n_978_2022.pdf</t>
   </si>
   <si>
     <t>Cria novas vagas para Cargos Públicos de provimento efetivo, alterando o anexo II da lei 1773/04 e dá outras providências.</t>
   </si>
   <si>
     <t>8186</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8186/protocolo_geral_n_979_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8186/protocolo_geral_n_979_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Operação de Crédito, referente prestação e serviços e aquisição de equipamentos para Geoprocessamento e Plano de Arborização Urbana.</t>
   </si>
   <si>
     <t>8296</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8296/projeto_de_lei_28_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8296/projeto_de_lei_28_2022_ok.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a prorrogar a concessão de linhas municipais urbanas de transporte coletivo, e dá outras providências.</t>
   </si>
   <si>
     <t>8345</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8345/projeto_de_lei_29_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8345/projeto_de_lei_29_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Concessão de Direito Real de Uso, com encargos, de imóvel pertencente ao patrimônio público municipal ao Serviço Social do Comércio – SESC, Administração Regional no Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>8377</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8377/projeto_de_lei_30_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8377/projeto_de_lei_30_2022_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Operação de Crédito, referente inclusão de rubrica orçamentária na Ação 1002 – Pavimentar e Recapear Ruas, no âmbito do Programa FINISA.</t>
   </si>
   <si>
     <t>8463</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8463/projeto_de_lei_31_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8463/projeto_de_lei_31_2022_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por excesso de arrecadação, referente inclusão de rubricas orçamentárias na Ação 2256, Manutenção das Atividades do Instituto de Previdência.</t>
   </si>
   <si>
     <t>8465</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8465/projeto_de_lei_32_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8465/projeto_de_lei_32_2022_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente reforma e ampliação do Centro de Convivência do Idoso.</t>
   </si>
   <si>
     <t>8610</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8610/projeto_de_lei_33_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8610/projeto_de_lei_33_2022_ok.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio com o Estado do Paraná, por intermédio da Secretaria de Segurança Pública, para a cessão funcional de servidor público municipal.</t>
   </si>
   <si>
     <t>8743</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8743/projeto_de_lei_34_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8743/projeto_de_lei_34_2022_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no texto do programa 0049 – Programa de Manutenção das Atividades Legislativas, da Lei n° 3805 de 21 de junho de 2021, Lei que dispõe sobre o Plano Plurianual para o quadriênio de 2022- 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>8744</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8744/protocolo_geral_n_1256_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8744/protocolo_geral_n_1256_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do Art.18-A, no Capítulo V da Lei n° 3806 de 21.06.2021, Lei de Diretrizes Orçamentárias para o exercício financeiro do ano de 2022.</t>
   </si>
   <si>
     <t>8752</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8752/protocolo_geral_n_1276_2022_2.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8752/protocolo_geral_n_1276_2022_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente a inclusão de rubrica orçamentária de indenizações e restituições para devolução do VAAF.</t>
   </si>
   <si>
     <t>8749</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8749/projeto_de_lei_37_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8749/projeto_de_lei_37_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação a Programa da Lei nº 3805/2021, que dispõe sobre o Plano Plurianual para o quadriênio 2022 à 2025, e dá outras providências</t>
   </si>
   <si>
     <t>8748</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8748/projeto_de_lei_38_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8748/projeto_de_lei_38_2022_ok.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação a Programa da Lei nº 3806/2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>8747</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8747/projeto_de_lei_39_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8747/projeto_de_lei_39_2022_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente inclusão de Ação ao Programa PNATE (Programa Nacional de Transporte Escolar) - Ensino Médio, para o exercício de 2022.</t>
   </si>
   <si>
     <t>8750</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8750/projeto_de_lei_40_22_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8750/projeto_de_lei_40_22_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Implantação do Sistema de Estacionamento Rotativo Pago em vias e logradouros públicos do Município da Lapa-PR e dá outras providências.</t>
   </si>
   <si>
     <t>8751</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8751/projeto_de_lei_41_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8751/projeto_de_lei_41_2022_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as normas de trânsito e competências do órgão executivo municipal de trânsito do Município da Lapa/PR.</t>
   </si>
   <si>
     <t>8859</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8859/protocolo_geral_n_1385_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8859/protocolo_geral_n_1385_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Anulação de Dotação, referente ao valor anual relativo as Emendas Individuais do Legislativo Municipal destinado a saúde, conforme Capítulo Vlll, da Lei nº 3806/2021, Lei de Diretrizes Orçamentárias.</t>
   </si>
   <si>
     <t>8860</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8860/protocolo_geral_n_1386_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8860/protocolo_geral_n_1386_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Superávit Financeiro, para inclusão de rubricas orçamentárias no orçamento de 2022, para o Fundo Municipal de Saúde.</t>
   </si>
   <si>
     <t>8861</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8861/protocolo_geral_n_1389_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8861/protocolo_geral_n_1389_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação 2471 a Programa 0029 da Lei nº 3805/2021, que dispõe sobre o Plano Plurianual para o quadriênio 2022 à 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>8862</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8862/protocolo_geral_n_1391_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8862/protocolo_geral_n_1391_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação 2471 a Programa 0029 da Lei nº 3806/2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>8863</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8863/protocolo_geral_n_1392_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8863/protocolo_geral_n_1392_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Superávit Financeiro, referente inclusão de Ação para o Enfrentamento da Emergência COVID 19, para o exercício de 2022.</t>
   </si>
   <si>
     <t>8864</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8864/protocolo_geral_n_1393_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8864/protocolo_geral_n_1393_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação 2473 a Programa 0065 e Ação 2474 a Programa 0067, e complementam os textos dos itens lll e V do Programa 0065, da Lei nº 3805/2021, que dispõe sobre o Plano Plurianual para o quadriênio 2022 à 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>8865</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8865/protocolo_geral_n_1394_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8865/protocolo_geral_n_1394_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação 2473 a Programa 0065 e Ação 2474 a Programa 0067, e complementam os textos dos itens lll e V do Programa 0065, da Lei nº 3806/2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>8866</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8866/protocolo_geral_n_1395_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8866/protocolo_geral_n_1395_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente inclusão de rubricas orçamentárias para o Bloco de Financiamento da Gestão do Programa Auxílio Brasil e Cadastro Único.</t>
   </si>
   <si>
     <t>8867</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8867/protocolo_geral_n_1396_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8867/protocolo_geral_n_1396_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente pavimentação de vias urbanas.</t>
   </si>
   <si>
     <t>8868</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8868/protocolo_geral_n_1397_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8868/protocolo_geral_n_1397_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente inclusão de rubrica orçamentária de Premiações Culturais, Artísticas, Desportivas e outras para Secretaria de Desenvolvimento Econômico, Turismo, Cultura e Esporte.</t>
   </si>
   <si>
     <t>8869</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8869/protocolo_geral_n_1398_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8869/protocolo_geral_n_1398_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente suplementação de rubricas orçamentárias da Secretaria de Obras, Urbanismo, Planejamento e Transporte.</t>
   </si>
   <si>
     <t>8870</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8870/protocolo_geral_n_1405_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8870/protocolo_geral_n_1405_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Colaboração com a Sociedade de Garantia de Crédito do Sul do Paraná - GARANTISUL/PR.</t>
   </si>
   <si>
     <t>9067</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9067/protocolo_geral_n_1537.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9067/protocolo_geral_n_1537.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente pagamento de orçamento de menor valor, por via de acordo extrajudicial, por dano ocorrido em veículo estacionado próximo a descarregamento de pedras efetuado por caminhão da Prefeitura.</t>
   </si>
   <si>
     <t>9078</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9078/protocolo_geral_n_1573_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9078/protocolo_geral_n_1573_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação 2472 a Programa 0010 da Lei nº 3805/2021, que dispõe sobre o Plano Plurianual para o quadriênio 2022 à 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>9079</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9079/protocolo_geral_n_1574_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9079/protocolo_geral_n_1574_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação 2472 a Programa 0010 da Lei nº 3806/2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>9077</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9077/protocolo_geral_n_1572_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9077/protocolo_geral_n_1572_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente reforma de uma Balsa de travessia entre a divisa dos Municípios de Lapa e São João do Triunfo.</t>
   </si>
   <si>
     <t>9080</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9080/protocolo_geral_n_1576_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9080/protocolo_geral_n_1576_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente suplementação de rubrica orçamentária de_x000D_
 Auxílio-alimentação, para o Conselho Tutelar e várias Ações do Fundo Municipal de Saúde</t>
   </si>
   <si>
     <t>9081</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9081/protocolo_geral_n_1577_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9081/protocolo_geral_n_1577_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Anulação de Dotação, referente utilização de valores para merenda escolar.</t>
   </si>
   <si>
     <t>9082</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9082/protocolo_geral_n_1578_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9082/protocolo_geral_n_1578_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente a suplementação de rubricas orçamentárias de Obras e_x000D_
 Instalações para Secretaria de Educação.</t>
   </si>
   <si>
     <t>9083</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9083/protocolo_geral_n_1579_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9083/protocolo_geral_n_1579_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente suplementação de rubrica orçamentária para pagamento das empresas médicas prestadoras de serviço nas Unidade de Pronto Atendimento e Centro de Atenção Especializado ao Covid-19.</t>
   </si>
   <si>
     <t>9084</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9084/protocolo_geral_n_1580_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9084/protocolo_geral_n_1580_2022.pdf</t>
   </si>
   <si>
     <t>Realiza modificações na Lei Municipal nº 3688/2019, que trata sobre a concessão mensal de Auxilio Refeição, e dá outras providências</t>
   </si>
   <si>
     <t>9251</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9251/63_-_pd_4811-2019__obras_-_suplementar_excesso_indenizacoes_e_restituicoes_vinculo_0_2.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9251/63_-_pd_4811-2019__obras_-_suplementar_excesso_indenizacoes_e_restituicoes_vinculo_0_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente Termo de Ajuste de Contas entre o Município da Lapa e a empresa CS Consultoria e Serviços Ltda. ME.</t>
   </si>
   <si>
     <t>9252</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9252/64_-__p.d_8989-2022_-___saude_suplementar_excesso_vinculo_500_1.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9252/64_-__p.d_8989-2022_-___saude_suplementar_excesso_vinculo_500_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, para suplementar rubricas orçamentárias no Bloco de Investimento na Rede de Serviços Públicos de Saúde – Atenção Básica.</t>
   </si>
   <si>
     <t>9253</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9253/65_-_p.d._17737-2022_-__saude_agente_comunitario_1.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9253/65_-_p.d._17737-2022_-__saude_agente_comunitario_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente suplementação de rubrica orçamentária de Vencimentos e Vantagens, para atender a Emenda Constitucional n° 120.</t>
   </si>
   <si>
     <t>9250</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9250/66_-__p.d._18714_saude_-_consorcio_metropolitano.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9250/66_-__p.d._18714_saude_-_consorcio_metropolitano.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, para aquisição de medicamentos para assistência a população e pagamentos de pactuações realizadas com o Consórcio Metropolitano de Saúde do Paraná e Consórcio Intergestores Paraná Saúde.</t>
   </si>
   <si>
     <t>9286</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9286/projeto_de_lei_67_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9286/projeto_de_lei_67_2022.pdf</t>
   </si>
   <si>
     <t>9292</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9292/projeto_de_lei_68_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9292/projeto_de_lei_68_2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3907, de 24.01.2022, que estabelece os índices para revisão geral anual dos vencimentos e dos subsídios dos servidores, dos proventos dos aposentados e das pensões do poder executivo e legislativo municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>9335</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9335/projeto_de_lei_69_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9335/projeto_de_lei_69_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente complementação de valores para folha de pagamento dos meses de Agosto a Dezembro de 2022, 13º Salário e Férias e com amortização, juros para os meses de Setembro a Dezembro de 2022 e PASEP para o mês de Dezembro de 2022.</t>
   </si>
   <si>
     <t>9385</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9385/1988.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9385/1988.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente suplementação de rubrica orçamentária de Vencimentos e Vantagens, para atender a Emenda Constitucional n° 120 e Portarias 2109 e 1971, para os Agentes Comunitários de Saúde e Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>9417</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9417/projeto_de_lei_71_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9417/projeto_de_lei_71_2022_ok.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio com o Estado do Paraná, por intermédio da Secretaria da Saúde, para a cessão funcional de servidor público municipal.</t>
   </si>
   <si>
     <t>9435</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9435/projeto_de_lei_72_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9435/projeto_de_lei_72_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com a União, por intermédio do Ministério da Agricultura, através da Secretaria de Defesa Agropecuária - SDA/MAPA, para a cessão funcional de servidor público municipal.</t>
   </si>
   <si>
     <t>9446</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9446/2083.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9446/2083.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do piso de vencimento dos Agentes Comunitários de Saúde - ACS e de Agente de Combate às Endemias - ACE, na forma que determina o §§ 7, 8, 9, 10 e 11 do art. 198 da Constituição Federal.</t>
   </si>
   <si>
     <t>9448</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9448/2100.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9448/2100.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Programa nº 0082 e acrescenta Ações aos Programas nº 0011, 0022, 0041 e 0082, da Lei nº 3805/2021, que dispõe sobre o Plano Plurianual_x000D_
 para o quadriênio 2022 à 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>9449</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9449/projeto_de_lei_75_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9449/projeto_de_lei_75_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Programa nº 0082 e acrescenta Ações aos Programas nº 0011, 0022, 0023, 0041 e 0082, na Lei nº 3950/2022, que dispõe sobre as diretrizes orçamentárias para a elaboração e execução da Lei Orçamentária para o exercício financeiro do ano de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>9450</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9450/projeto_de_lei_76_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9450/projeto_de_lei_76_2022.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Lapa para o Exercício Financeiro de 2023.</t>
   </si>
   <si>
     <t>9453</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9453/projeto_de_lei_77_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9453/projeto_de_lei_77_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente inclusão de rubrica orçamentária para pagamento de medicamentos e material de distribuição gratuita, adquiridos por intermédio de Consórcio Público.</t>
   </si>
   <si>
     <t>9490</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9490/projeto_de_lei_78_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9490/projeto_de_lei_78_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Programa Municipal de Requalificação de Moradias para atendimento às famílias que se encontram em situação de vulnerabilidade social no Município da Lapa-PR e dá outras providências.</t>
   </si>
   <si>
     <t>9505</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9505/projeto_de_lei_79_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9505/projeto_de_lei_79_2022_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Superávit Financeiro, referente implantação de Usina Fotovoltaica no Parque de Exposições e Eventos da Lapa.</t>
   </si>
   <si>
     <t>9513</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9513/projeto_de_lei_80_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9513/projeto_de_lei_80_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente inclusão de rubrica orçamentária serviços de tecnologia da informação para o Bloco de Financiamento da Gestão do Programa Auxílio Brasil e Cadastro Único.</t>
   </si>
   <si>
     <t>9514</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9514/projeto_de_lei_81_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9514/projeto_de_lei_81_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contração de trabalhadores a partir de consulta ao banco de dados da Agência do Trabalhador da Lapa pelas empresas concessionárias, permissionárias e terceirizadas de serviços públicos estaduais, empresas públicas e sociedades de economia mista, bem como empresas beneficiadas com programas de fomento no Município da Lapa.</t>
   </si>
   <si>
     <t>9515</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9515/projeto_de_lei_82_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9515/projeto_de_lei_82_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente suplementação da rubrica de material de consumo da Secretaria de Obras, Urbanismo, Planejamento e Transporte.</t>
   </si>
   <si>
     <t>9517</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9517/projeto_de_lei_83_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9517/projeto_de_lei_83_2022.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 7º da Lei nº 3712, de 30 de Março de 2020.</t>
   </si>
   <si>
     <t>9532</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9532/projeto_de_lei_84_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9532/projeto_de_lei_84_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Superávit Financeiro, para inclusão da rubrica orçamentária de Obras e Instalações no Bloco de Custeio das Ações e Serviços Públicos de Saúde – Atenção Básica.</t>
   </si>
   <si>
     <t>9533</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9533/projeto_de_lei_85_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9533/projeto_de_lei_85_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Anulação de Dotação, referente suplementação de rubrica orçamentária de Vencimentos e Vantagens, para atender a Emenda Constitucional n° 120 e Portarias 2109 e 1971, para os Agentes Comunitários de Saúde e Agentes de Combate às Endemias e Nota SIM-AM nº 007/2022 do TCE PR.</t>
   </si>
   <si>
     <t>9572</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9572/projeto_de_lei_86_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9572/projeto_de_lei_86_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente repasse de recursos de doações inespecíficas do FMDI para o Centro de Convivência para Idosos.</t>
   </si>
   <si>
     <t>9534</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9534/projeto_de_lei_87_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9534/projeto_de_lei_87_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente suplementação de rubrica orçamentária para pagamento das empresas que prestam serviços de transporte de pacientes.</t>
   </si>
   <si>
     <t>9535</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9535/projeto_de_lei_88_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9535/projeto_de_lei_88_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente pagamento de Termo de Ajuste de Contas para a empresa EC Empreendimentos Ltda.</t>
   </si>
   <si>
     <t>9536</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9536/projeto_de_lei_89_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9536/projeto_de_lei_89_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Superávit Financeiro, referente aquisição e instalação de brinquedos tipo playground, na cidade e no interior do Município de Lapa.</t>
   </si>
   <si>
     <t>9540</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9540/projeto_de_lei_90_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9540/projeto_de_lei_90_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente aquisição de Patrulha Mecanizada conforme Convênio Plataforma+Brasil Nº 920556/2021/MAPA, reapresentado devido a mudança de vínculo e dá outras providências.</t>
   </si>
   <si>
     <t>9571</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9571/projeto_de_lei_91_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9571/projeto_de_lei_91_2022.pdf</t>
   </si>
   <si>
     <t>Cria o Comitê Municipal do Transporte Escolar no âmbito do Município de Lapa/Pr de acordo como o contido na Resolução 777/2013 da Secretaria Estadual de Educação.</t>
   </si>
   <si>
     <t>9614</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9614/projeto_de_lei_92_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9614/projeto_de_lei_92_2022.pdf</t>
   </si>
   <si>
     <t>Cria novas vagas para o Cargo Público de provimento efetivo de Médico Clínico Geral Diarista, alterando o anexo II da lei 1773/04 e dá outras providências.</t>
   </si>
   <si>
     <t>9615</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9615/projeto_de_lei_93_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9615/projeto_de_lei_93_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente suplementação da rubrica de material de consumo e obras e instalações da Secretaria de Obras, Urbanismo, Planejamento e Transporte.</t>
   </si>
   <si>
     <t>9622</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9622/2456_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9622/2456_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Anulação de Dotação, referente reformas nos Centros de Educação Infantil Maria de Lourdes Ferraz Leonardi no Bairro Olaria II, Catarina Keche Ramos no CAIC e na Quadra da Escola Municipal do Campo Nossa Senhora de Lourdes, no São Bento.</t>
   </si>
   <si>
     <t>9623</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9623/2457_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9623/2457_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente complementação de valores para a Secretaria de Educação e Departamento de Transporte Escolar.</t>
   </si>
   <si>
     <t>9624</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9624/projeto_de_lei_96_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9624/projeto_de_lei_96_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente inclusão de rubrica orçamentária nas Ações 2284, 2463, 2464, para o FUNDEB 30% Administrativo, da Secretaria de Educação.</t>
   </si>
   <si>
     <t>9625</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9625/projeto_de_lei_97_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9625/projeto_de_lei_97_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação 2479 a Programa 0012 da Lei nº 3805/2021, que dispõe sobre o Plano Plurianual para o quadriênio 2022 à 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>9626</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9626/projeto_de_lei_98_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9626/projeto_de_lei_98_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta Ação 2479 a Programa 0012 da Lei nº 3806/2021, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2022, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>9627</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9627/2461_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9627/2461_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente inclusão de rubrica orçamentária na Ação 2479 para o FUNDEB 30%, da Secretaria de Educação.</t>
   </si>
   <si>
     <t>9656</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9656/2599_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9656/2599_2022.pdf</t>
   </si>
   <si>
     <t>Desafeta da destinação de área institucional, o imóvel Matriculado sob o n° 21.891, e dá outras providências.</t>
   </si>
   <si>
     <t>9657</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9657/2600.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9657/2600.pdf</t>
   </si>
   <si>
     <t>Desafeta da destinação de áreas destinadas a bens de uso comum do povo (BOSQUES), dos imóveis Matriculados sob n º 21.665, 21.666, 21.667, 21.668, 21.669, 21.670, e 21.671 e dá outras providências.</t>
   </si>
   <si>
     <t>9658</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9658/2601.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9658/2601.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n° 3870 de 01 de dezembro de 2021.</t>
   </si>
   <si>
     <t>9659</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9659/2602.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9659/2602.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n° 3557, de 24 Setembro de 2018.</t>
   </si>
   <si>
     <t>9664</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9664/projeto_de_lei_104_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9664/projeto_de_lei_104_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Fomento com a Associação de Apoio e Desenvolvimento do CAIC - ADECAL, para repasse de_x000D_
 subvenção mensal e dá outras providências.</t>
   </si>
   <si>
     <t>9665</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9665/projeto_de_lei_105_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9665/projeto_de_lei_105_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Colaboração com a Associação Menonita de Assistência Social - AMAS, para repasse de subvenção mensal e dá outras providências.</t>
   </si>
   <si>
     <t>9666</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9666/projeto_de_lei_106_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9666/projeto_de_lei_106_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Colaboração com o Centro de Recuperação Nova Esperança- CERENE da Lapa, para repasse de subvenção mensal e dá outras providências.</t>
   </si>
   <si>
     <t>9667</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9667/projeto_de_lei_107_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9667/projeto_de_lei_107_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Colaboração com a Associação das Damas de Caridade do Lar e Educandário São Vicente de Paulo, para repasse de subvenção mensal e dá outras providências.</t>
   </si>
   <si>
     <t>9668</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9668/projeto_de_lei_108_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9668/projeto_de_lei_108_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Colaboração com o Lar de Idosos São Vicente de Paulo, para repasse de subvenção mensal e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>9669</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9669/projeto_de_lei_109_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9669/projeto_de_lei_109_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente suplementação das rubricas para pagamento das aposentadorias, pensões e  obrigações patronais dos segurados do Instituto de Previdência dos Servidores Públicos da Lapa.</t>
   </si>
   <si>
     <t>9692</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9692/projeto_de_lei_110_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9692/projeto_de_lei_110_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município da Lapa a doar bem imóvel municipal que especifica Companhia de Saneamento do Paraná - SANEPAR e dá outras providências.</t>
   </si>
   <si>
     <t>9693</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9693/projeto_de_lei_111_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9693/projeto_de_lei_111_2022.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 2.934, de 27 de dezembro  de 2013, dá outras providências quanto a taxa de visitação aos museus municipais e a taxa de manutenção e locação dos espaços culturais.</t>
   </si>
   <si>
     <t>9694</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9694/2728.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9694/2728.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente repasse do Convênio nº 304/2021 firmado entre o Município de Lapa e o Instituto Água e Terra – IAT PR, para a implantação e execução de sistema de abastecimento de água nas Comunidades de Pracinha Santos Reis e Lagoa Gorda.</t>
   </si>
   <si>
     <t>9708</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9708/projeto_de_lei_113_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9708/projeto_de_lei_113_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a conceder contrapartida aos médicos participantes do Programa Médicos pelo Brasil, conforme Portaria GM/MS nº 3.193 de 02 de agosto de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>9717</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9717/projeto_de_lei_114_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9717/projeto_de_lei_114_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, com a garantia da União e dá outras providências.</t>
   </si>
   <si>
     <t>9718</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9718/projeto_de_lei_115_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9718/projeto_de_lei_115_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Fomento com a Associação de Pais e Amigos dos Excepcionais da Lapa - APAE, para repasse financeiro e dá outras providências.</t>
   </si>
   <si>
     <t>9724</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9724/projeto_de_lei_116_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9724/projeto_de_lei_116_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Fomento com a Associação de Apoio e Desenvolvimento do CAIC - ADECAL, para repasse de recursos financeiros e dá outras providências.</t>
   </si>
   <si>
     <t>9725</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9725/projeto_de_lei_117_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9725/projeto_de_lei_117_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termos de Colaboração/Fomento com a Escola Integração à Vida - Educação Infantil e Ensino Fundamental, na modalidade Educação Especial, por meio de sua entidade mantenedora - Associação de Pais e Amigos dos Excepcionais - APAE da Lapa-PR, para repasse de recursos financeiros do FUNDEB e dá outras providências.</t>
   </si>
   <si>
     <t>9726</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9726/projeto_de_lei_118_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9726/projeto_de_lei_118_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termos de Colaboração com o Centro de Educação Infantil São Vicente de Paulo, por meio de sua entidade mantenedora - Associação das Damas de Caridade do Lar e Educandário São Vicente de Paulo, para repasse de recursos financeiros e dá outras providências.</t>
   </si>
   <si>
     <t>9736</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9736/projeto_de_lei_119_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9736/projeto_de_lei_119_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do Art.18-A, no Capítulo V da Lei n° 3950 de 27.06.2022, Lei de Diretrizes Orçamentárias para o exercício financeiro do ano de 2023.</t>
   </si>
   <si>
     <t>9744</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9744/projeto_de_lei_120_22_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9744/projeto_de_lei_120_22_ok.pdf</t>
   </si>
   <si>
     <t>Estabelece as atribuições dos cargos de provimento efetivo do Quadro de Pessoal do Município da Lapa.</t>
   </si>
   <si>
     <t>9755</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9755/projeto_de_lei_121_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9755/projeto_de_lei_121_2022.pdf</t>
   </si>
   <si>
     <t>Realiza modificações na Lei Municipal nº 2280/2008, quanto ao afastamento do servidor para servir a outro órgão ou entidade.</t>
   </si>
   <si>
     <t>9756</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9756/projeto_de_lei_122_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9756/projeto_de_lei_122_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei nº 3098, de 15/07/15, quanto à Meta nº 05 do Plano Municipal de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>8149</t>
   </si>
   <si>
     <t>PELOA</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8149/protocolo_geral_n_967_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8149/protocolo_geral_n_967_2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 114-A da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>7997</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>ME - Mesa Executiva, PROFESSORA BRENDA, GUSTAVO DAOU, MARCO ANTONIO BORTOLETTO, VILMAR FÁVARO PURGA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7997/projeto_de_resolucao_01_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7997/projeto_de_resolucao_01_2022.pdf</t>
   </si>
   <si>
     <t>8009</t>
   </si>
   <si>
     <t>ME - Mesa Executiva</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8009/projeto_de_resolucao_02_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8009/projeto_de_resolucao_02_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o remanejamento de verbas conforme demonstrativo do setor de Contabilidade desta Casa de Leis.</t>
   </si>
   <si>
     <t>8043</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8043/peotocolo_geral_n_884_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8043/peotocolo_geral_n_884_2022.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito da Câmara Municipal da Lapa/Pr o "Programa Câmara Mais Transparente" e dá outras providências.</t>
   </si>
   <si>
     <t>8348</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8348/projeto_de_resolucao_04_2022_com_anexo.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8348/projeto_de_resolucao_04_2022_com_anexo.pdf</t>
   </si>
   <si>
     <t>Institui o Novo Regimento Interno da Câmara Municipal da Lapa/Pr.</t>
   </si>
   <si>
     <t>9086</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9086/protocolo_geral_n_1583_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9086/protocolo_geral_n_1583_2022.pdf</t>
   </si>
   <si>
     <t>Aprova o Orçamento do Poder Legislativo Municipal, a ser incluído na Orçamento Financeiro Geral do Munícipio para o Exercício Financeiro de 2023.</t>
   </si>
   <si>
     <t>9366</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9366/projeto_de_resolucao_06_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9366/projeto_de_resolucao_06_2022.pdf</t>
   </si>
   <si>
     <t>Instituir normas disciplinares internas para arquivamento de documentos, aprovar a Tabela de Temporalidade de Documentos e autorizar a realização de procedimento de eliminação de documentos da Câmara Municipal da Lapa, Estado do Paraná.</t>
   </si>
   <si>
     <t>9425</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9425/2056.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9425/2056.pdf</t>
   </si>
   <si>
     <t>Regula o procedimento de acesso a informações públicas, classificação e reclassificação de informações sigilosas, no âmbito da Câmara Municipal da Lapa, garantidos no inciso XXXIII, do artigo 5°, no inciso II, do §3° do artigo 37 e no §2° do artigo 216, da Constituição Federal, regulamentados pela Lei Federal N°12.527 de 18 de Novembro de 2011.</t>
   </si>
   <si>
     <t>9616</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9616/2447_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9616/2447_2022.pdf</t>
   </si>
   <si>
     <t>6989</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6989/protocolo_geral_67_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6989/protocolo_geral_67_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município da Lapa a proceder cobrança de débitos de natureza tributária e não tributária, por meio de operações por cartão de débito e crédito e dá outras providências.</t>
   </si>
   <si>
     <t>8464</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8464/projeto_de_lei_complementar_02_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8464/projeto_de_lei_complementar_02_2022_ok.pdf</t>
   </si>
   <si>
     <t>Altera, acrescenta e suprime dispositivos na Lei Municipal n° 3.710/2020, que dispõe sobre o Zoneamento de Uso e Ocupação do Solo do Município da Lapa e dá outras providências.</t>
   </si>
   <si>
     <t>9249</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9249/projeto_de_lei_complementar_03_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9249/projeto_de_lei_complementar_03_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração no texto da Lei Complementar n° 27, de 31 de Janeiro de 2022, que Autoriza o Município da Lapa a proceder cobrança de débito de natureza tributária e não tributária, por meio de operações por cartão de débito e crédito e dá outras providências.</t>
   </si>
   <si>
     <t>9518</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9518/protocolo_geral_n2283_de_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9518/protocolo_geral_n2283_de_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta os §1º-A e §1º-B ao artigo 10 da Lei Complementar nº 16, de 18.11.2019.</t>
   </si>
   <si>
     <t>6985</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6985/protocolo_14_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6985/protocolo_14_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, através da Secretaria de Saúde, que reative o Hospital de Campanha, para testes e tratamento adequado às pessoas com suspeitas ou infectadas de COVID-19.</t>
   </si>
   <si>
     <t>7064</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7064/protocolo_geral_n_135_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7064/protocolo_geral_n_135_2022.pdf</t>
   </si>
   <si>
     <t>Vem solicitar junto ao Executivo Municipal em que fase se encontra o projeto de Implantação do sistema de abastecimento de água na localidade de Campina das Dores.</t>
   </si>
   <si>
     <t>7063</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7063/protocolo_geral_n_136_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7063/protocolo_geral_n_136_2022.pdf</t>
   </si>
   <si>
     <t>Vem reiterar junto ao Executivo Municipal o Requerimento de Número 17/2021 que solicita ampliação da rede de abastecimento de água na Comunidade da Lavrinha, que se encontra protocolado junto ao Governo do Estado no programa Sanepar Rural.</t>
   </si>
   <si>
     <t>7061</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7061/protocolo_geral_n_137_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7061/protocolo_geral_n_137_2022.pdf</t>
   </si>
   <si>
     <t>Reiterar junto ao Executivo Municipal o Requerimento de Número 11/2021 que solicita implantação do sistema da abastecimento de água nas Comunidades de Campo de Telha/Cerro.</t>
   </si>
   <si>
     <t>7171</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7171/protocolo_166_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7171/protocolo_166_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja efetuado a reforma da Ponte da localidade de Santo Amaro, perto da Igreja, ponte conhecida como Ponte do Jeka.</t>
   </si>
   <si>
     <t>7544</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7544/protocolo_geral_n_220_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7544/protocolo_geral_n_220_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, ou orgão competente, informações sobre a instalação de redutores de velocidade na Rua Roberto Hoffmann, no Jardim Esplanada.</t>
   </si>
   <si>
     <t>7538</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7538/protocolo_geral_n_221_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7538/protocolo_geral_n_221_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, ou orgão competente, informações se há previsão para manutenção do asfalto em curto trecho entre a Maternidade Municipal até a entrada que dá acesso à comunidade do Piripau.</t>
   </si>
   <si>
     <t>7552</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7552/protocolo_geral_n_245_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7552/protocolo_geral_n_245_2022.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do senhor José Renato Lipski, ocorrido em 11 de fevereiro de 2022.</t>
   </si>
   <si>
     <t>7676</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7676/requerimento_no_09.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7676/requerimento_no_09.2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em Ata Voto de Congratulações e Aplausos ao Cabo Cleverson José Paes GARRET lotado no Batalhão de Polícia Rodoviária/1ª 1ª Companhia de Polícia Rodoviária /Posto de Polícia Rodoviária da Lapa.</t>
   </si>
   <si>
     <t>7745</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7745/protocolo_389_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7745/protocolo_389_22.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ficha funcional completa e relatório atualizado de todos os servidores que estão e estiveram investidos no cargo de cozinheiro, inclusive dos que foram relocados para este cargo, bem como cópia do ato legal que relocou tais servidores.</t>
   </si>
   <si>
     <t>7803</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7803/protocolo_409_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7803/protocolo_409_2022.pdf</t>
   </si>
   <si>
     <t>Requer  envio de listagem atualizada da relação de vias e próprios públicos sem denominação, conforme acertado em reunião anterior com o Sr. Marcos Berghauser.</t>
   </si>
   <si>
     <t>7811</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7811/protocolo_418_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7811/protocolo_418_2022.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do senhor João Stabach, ocorrido no dia 02 de março de 2022.</t>
   </si>
   <si>
     <t>7817</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7817/requerimento_13_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7817/requerimento_13_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado estudo/levantamento pelo Poder Executivo da contrapartida para a viabilidade de realização de Termo de Cooperação entre a Prefeitura Municipal da Lapa e o Governo do Estado do Paraná, por meio da Coordenação da Região Metropolitana de Curitiba (COMEC), para contemplar nosso Município com a divisão do subsídio tarifário do transporte coletivo que opera dentro do Município a fim de isentar da tarifa nossos munícipes.</t>
   </si>
   <si>
     <t>7833</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7833/protocolo_geral_n_456.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7833/protocolo_geral_n_456.2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Executivo Municipal que seja disponibilizado a este Vereador prints da rede social facebook da prefeitura onde aparece o nome dos usuários bloqueados, bem como as mensagens enviadas com as respectivas datas, bem como o nome do servidor responsável pelas redes sociais.</t>
   </si>
   <si>
     <t>7835</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7835/requerimento_15_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7835/requerimento_15_2022.pdf</t>
   </si>
   <si>
     <t>Requer informações ao Poder Executivo e à Farmácia Nissei, sobre diversas reclamações de munícipes quanto a procura deste estabelecimento em horário noturno e se encontrava fechado para atendimento.</t>
   </si>
   <si>
     <t>7846</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7846/requerimento_16_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7846/requerimento_16_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido Voto de Congratulações e Aplausos à Senhora Jacira Oliveira, moradora do bairro Cidade Nova, pois a mesma mantém viva a tradição e funcionamento do Clube de Mães na sua Comunidade.</t>
   </si>
   <si>
     <t>7853</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7853/protocolo_526_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7853/protocolo_526_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal que sejam apresentados os motivos pelos quais  Prefeitura Municipal da Lapa ainda não realizou o pagamento do Piso Nacional aos professores da Rede Pública Municipal de Ensino, se possível com planilhas e descrição dos gastos.</t>
   </si>
   <si>
     <t>7852</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7852/protocolo_527_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7852/protocolo_527_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Poder Executivo Municipal, informações sobre quem é responsável por manter a segurança nas dependências do antigo Hospital Hipólito e Amélia de Araújo, que atualmente se encontra desativado, e qual seria a posição da prefeitura sobre denúncias de situações de vandalismo, invasão e de que o local está sendo usado para uso de ilícitos.</t>
   </si>
   <si>
     <t>7855</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7855/requerimento_19_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7855/requerimento_19_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a criação legal de funções gratificadas, bem como a concessão de anuênios, triênios, quinquênios, licenças-prêmios  e demais mecanismos equivalentes estavam vedadas durante i estado de calamidade pública pelo Covid-19</t>
   </si>
   <si>
     <t>7858</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7858/protocolo_544_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7858/protocolo_544_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, que informe se existe previsão para pavimentação asfáltica da Rua Acre, e ainda informações sobre as licitações feitas para tal finalidade, valores, ante a morosidade no início da obra.</t>
   </si>
   <si>
     <t>7867</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7867/protocolo_geral_n_597.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7867/protocolo_geral_n_597.2022.pdf</t>
   </si>
   <si>
     <t>Requer a Prefeitura Municipal da Lapa o envio das seguintes informações: Quais são os projetos e planejamento dos eventos do Departamento de Cultura deste ano.</t>
   </si>
   <si>
     <t>7876</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7876/protocolo_geral_n_612.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7876/protocolo_geral_n_612.2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal que aplique o regramento legal necessário para conceder aos proprietários de imóveis tombados a aplicação de isenção fiscal garantida pela nossa Lei Orgânica.</t>
   </si>
   <si>
     <t>7884</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7884/protocolo_geral_n_625.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7884/protocolo_geral_n_625.2022.pdf</t>
   </si>
   <si>
     <t>Requer que o Executivo Municipal proceda com a necessária regularização juntos às entidades e clubes sociais mediante a realização de convênio para que gradativamente possam dar retorno e oportunizar condições de restabelecimento destes locais.</t>
   </si>
   <si>
     <t>7896</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7896/requerimento_24_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7896/requerimento_24_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal que seja feito o estudo para reativar a Balsa do Canta Galo na Travessia do Rio Iguaçu, entre os Municípios de Lapa/Palmeira.</t>
   </si>
   <si>
     <t>7970</t>
   </si>
   <si>
     <t>Vários Vereadores, ARTHUR VIDAL, FENELON BUENO MOREIRA, GUSTAVO DAOU, MARCOS LECH, MÁRIO PADILHA, OSVALDO BENEDITO CAMARGO, PROFESSORA BRENDA, VILMAR FÁVARO PURGA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7970/protocolo_geral_n_728_2022....pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7970/protocolo_geral_n_728_2022....pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido voto de Profundo pesar pelo falecimento do sr. João Antonio Bortoletto.</t>
   </si>
   <si>
     <t>7983</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7983/protocolo_geral_n_768_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7983/protocolo_geral_n_768_2022.pdf</t>
   </si>
   <si>
     <t>Solicito que ao Executivo Municipal que utilize um critério/parâmetro único para as concessões de insalubridade de forma igualitária e em condições justas de atendimento a todos os casos requeridos.</t>
   </si>
   <si>
     <t>7984</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7984/ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7984/ok.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício a Empresa Expresso Maringá para que, quando houver necessidade de mudança do horário de linhas de onibus, a empresa realize a ampla divulgação nos meios sociais, rádio, jornal e todos os demais que sejam oportunos sempre de forma antecipada, e ao Executivo Municipal solicitando as medidas realizadas para averiguazão e fiscalização do cumprimento da legislação vigente.</t>
   </si>
   <si>
     <t>7986</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7986/protocolo_geral_n_790_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7986/protocolo_geral_n_790_2022.pdf</t>
   </si>
   <si>
     <t>REQUERER que seja encaminhado ofício à Direção do Hospital São Sebastião solicitando informações referente a prestação de serviços de curativos especiais em seu ambulatório.</t>
   </si>
   <si>
     <t>8007</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8007/protocolo_geral_n_841_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8007/protocolo_geral_n_841_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, informações se o Município está atendendo os pacientes no transporte de ambulância entre hospitais, de acordo com a Resolução COFEN 375/2011 que estabelece em seu Art. 1° que "Assistência de enfermagem em qualquer tipo de unidade móvel (Terrestre, aérea ou marítima), destinada ao Atendimento Pré-Hospitalar e Inter-Hospitalar, em situações de risco, conhecido ou desconhecido, somente deve ser desenvolvida na presença do Enfermeiro".</t>
   </si>
   <si>
     <t>8017</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8017/protocolo_geral_n_865_2022_1.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8017/protocolo_geral_n_865_2022_1.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em ata Voto de Profundo Pesar pelo falecimento do Senhor João Guilherme Seefeldt (João do Hellyus - Restaurante e Pizzaria), ocorrido no dia 01 de Maio de 2022.</t>
   </si>
   <si>
     <t>8016</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8016/protocolo_geral_n_866_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8016/protocolo_geral_n_866_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Legislativo Municipal que seja inserido em Ata Voto de Profundo Pesar pelo falecimento da Senhora Maria Elizabeth Pereira Ribas.</t>
   </si>
   <si>
     <t>8018</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8018/protocolo_875_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8018/protocolo_875_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal que seja informado como funciona o cronograma de visitas dos assistentes sociais àquelas famílias que necessitam ter o cadastri social validado.</t>
   </si>
   <si>
     <t>8019</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8019/protocolo_876_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8019/protocolo_876_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal que seja realizada a recuperaão e revitalização do campo de futebol da Cohapar. Caso os trabalhos já estejam em andamento, solicito que seja enviado o cronograma e quais as benfeitorias que serão realizadas.</t>
   </si>
   <si>
     <t>8023</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8023/requerimento_34_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8023/requerimento_34_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, que seja dada publicidade de todas as progressões por merecimento concedidas com o respectivo período e referênca que cada servidor teve direito, bem como seja verficado internamento de critérios utilizados diante dos inúmeros relatos de possível tratamento desigual.</t>
   </si>
   <si>
     <t>8114</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8114/protocolo_geral_n_935_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8114/protocolo_geral_n_935_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal informações referentes as considerações apresentadas na 1ª Audiência Pública da Frente Parlamentar em Defesa dos Direitos da Pessoa com Deficiência.</t>
   </si>
   <si>
     <t>8121</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8121/protocolo_943_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8121/protocolo_943_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal o envio de informações solicitadas em reuniões anteriores, referentes ao Projeto para o futuro Parque Municipal Ambiental em área de Preservação do loteamento São Lucas, conforme Lei Municipa, 3797/2021.</t>
   </si>
   <si>
     <t>8226</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8226/protocolo_geral_n_995_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8226/protocolo_geral_n_995_2022.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a ausência de médico para atendimento na Unidade Básica de Saúde, localizada no bairro da Cohapar, neste Município, conforme reclamações de munícipes.</t>
   </si>
   <si>
     <t>8255</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8255/protocolo_1005_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8255/protocolo_1005_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja feito a doação de Kit Esportivo, recebido através deste vereador, para a Associação de Apio e Desenvolviment do Caic da Lapa (ADECAL).</t>
   </si>
   <si>
     <t>8257</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8257/protocolo_1010_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8257/protocolo_1010_2022_ok.pdf</t>
   </si>
   <si>
     <t>Solicita a Executivo Municipal a apresentação de Projeto de Lei para providenciar a criação do Conselho Municipal do Espoprte e Paradesporto; Reitera a solicitação ao Departaento de Esportes da efetiva prática da Lei Municipal 3772/2021; e ainda que seja enviado informações referentes ao Cronograma estabelecido na Lei Municipal 3912/2022.</t>
   </si>
   <si>
     <t>8374</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8374/protocolo_1072_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8374/protocolo_1072_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal que seja incluído no progama de calçamento com pedras irregulares o trecho compreendido da Rua Gustavo Kuss até a localidade do Campo de Telha.</t>
   </si>
   <si>
     <t>8376</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8376/protocolo_1082_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8376/protocolo_1082_22.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido votos de congratulações e aplausos ao Cabo Cleverson José Paes Garret e ao Soldado Alex Lima pela ação em 30/04/2022.</t>
   </si>
   <si>
     <t>8476</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8476/protocolo_geral_n_1133_2022_certo.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8476/protocolo_geral_n_1133_2022_certo.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal e a Secretaria de Saúde informações em números sobre atendimentos realizados na Unidade de Pronto Atendimento (UPA), assim como o de servidores lotados e suas funções, para sabermos se o número de funcionários está dentro do ideal para atender a nossa publicação.</t>
   </si>
   <si>
     <t>8475</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8475/protocolo_geral_n_1134_2022_certo.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8475/protocolo_geral_n_1134_2022_certo.pdf</t>
   </si>
   <si>
     <t>Solicito ao Chefe do Poder Executivo Municipal e a Secretaria de Agropecuária e Meio Ambiente informações sobre o Canil Municipal e a disponibilidade de técnicos e veterinários.</t>
   </si>
   <si>
     <t>8474</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8474/protocolo_geral_n_1136_2022_certo.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8474/protocolo_geral_n_1136_2022_certo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, o pedido ja realizado pelo requerimento N° 82/2021, para que seja feito a limpeza e colocação de material de prolongamento da Rua Hilário Lech, entre as Ruas 13 de Maio e Rua Barão do Rio Branco.</t>
   </si>
   <si>
     <t>8480</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8480/protocolo_geral_n_1141_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8480/protocolo_geral_n_1141_2022.pdf</t>
   </si>
   <si>
     <t>Requerer que seja inserido em Ata Vota de Profundo Pesar pelo falecimento do Sr. Angelo Deichmann.</t>
   </si>
   <si>
     <t>8612</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8612/protocolo_geral_n_1173_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8612/protocolo_geral_n_1173_2022.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado ao Poder Executivo Municipal, o envio do organograma completo de todos os cargos do Poder Executivo Municipal, constando nome dos funcionários e relação detalhada das funções gratificadas recebidas por cada servidor, tendo em vista os recentes decretos que alteram as funções anteriormente estabelecidas.</t>
   </si>
   <si>
     <t>8623</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8623/protocolo_1190_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8623/protocolo_1190_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal um levantamento das condições dos Veículos que fazem o Transporte Escolar, em especial a linha dos Alves Cardosos.</t>
   </si>
   <si>
     <t>8624</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8624/protocolo_1195_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8624/protocolo_1195_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal que seja efetuado reparos na Rua Francisco Vidal no bairro Cascata,</t>
   </si>
   <si>
     <t>8625</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8625/protocolo_1221_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8625/protocolo_1221_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em ata Voto de Profundo Pesar pelo falecimento do Senhor Ambrósio Fior, ocorrido no dia 05 de junho de 2022.</t>
   </si>
   <si>
     <t>8626</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8626/protocolo_1222_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8626/protocolo_1222_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em Ata Voto de Profundo Pesar pelo falecimento da Senhora Maria de Lourdes Leineker Pereira, ocorrido no dia 06 de junho de 2022.</t>
   </si>
   <si>
     <t>8627</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8627/protocolo_1223_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8627/protocolo_1223_2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja providenciado reparos na estrada que dá acesso a residência do senhor Anotônio Diogo de Andrade na Localidade de Restinga.</t>
   </si>
   <si>
     <t>8756</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8756/protocolo_geral_n_1282_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8756/protocolo_geral_n_1282_2022.pdf</t>
   </si>
   <si>
     <t>Requerer que seja inserido em Ata de Profundo Pesar pelo falecimento da Sra. Jacira Sampaio da Silva.</t>
   </si>
   <si>
     <t>8757</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8757/protocolo_1290_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8757/protocolo_1290_22.pdf</t>
   </si>
   <si>
     <t>Requer informações ao Executivo Municipal sobre a utilização do prontuário eletrônico em todos os seus departamentos, ainda se este sistema é pago, e qual o seu custo, e se o Estado ou a União disponibilizam sistema gratuito ao Município, como é o caso do sistema GSUS elaborado pelo Estado do Paraná.</t>
   </si>
   <si>
     <t>8762</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8762/protocolo_1293_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8762/protocolo_1293_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Governo do Estado do Paraná, à Comec e ao Executivo Municipal, informações sobre as tratativas e andamento do projeto de recuperação da Estrada da Maçã, que faz a ligação entre os municípios de Lapa e Balsa Nova, tendo em vista que as localidades rurais de Feixo e Lagoão são atualmente mantidas pela Prefeitura, muito embora a responsabilidade de manutenção seja do Governo do Estado.</t>
   </si>
   <si>
     <t>8765</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8765/protocolo_1299_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8765/protocolo_1299_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal que seja providenciado duas vagas de Estacionamento com 15 minutos em frente ao Estabelecimento Alcance Soluções Financeira, na Rua Barão do Rio Branco, n. 1547.</t>
   </si>
   <si>
     <t>8763</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8763/protocolo_1304_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8763/protocolo_1304_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal a revisão do valor disponibilizado para o ticket alimentação fornecido aos profissionais da área de saúde que realizem plantão de 12 horas é no valor de R$ 15,00, tendo em vista o crescente aumento dos produtos alimentícios.</t>
   </si>
   <si>
     <t>8798</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8798/protocolo_1357_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8798/protocolo_1357_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a averiguação, tanto da Assistência Social para apoio na instalação/melhorias na fossa existente e limpeza de acordo com a necessidade social dos moradores do local, bem como verificação in loco da equipe da vigilância diante do perigo e risco iminente da contaminação à saúde das propriedades vizinhas e transeuntes da via referida.</t>
   </si>
   <si>
     <t>8961</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8961/protocolo_1452_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8961/protocolo_1452_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal o envio da relação de todas as sindicâncias e processos administrativos, bem como a relação das partes requeridas do ano de 2020 até a presente data, e a Cópia integral do PAD nº 01-12-2020 e da sindicância a respeito do material de convalescentes.</t>
   </si>
   <si>
     <t>9016</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9016/protocolo_geral_n_1507_2022_2.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9016/protocolo_geral_n_1507_2022_2.pdf</t>
   </si>
   <si>
     <t>Requerer, que seja inserido em ata Voto de Profundo Pesar pelo falecimento da Senhora Mariana Biehl Knaut, ocorrido no dia 29 de junho de 2022. Requer, outrossim, que da decisão desta casa, seja dao ciência a seus filhos, João Luiz Knaut, Antônio Carlos Knaut, José Aloísio Knaut, Waldir Knaut, Marlene Biehl Knaut e Maria Aparecida Knaut.</t>
   </si>
   <si>
     <t>9017</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9017/protocolo_geral_n_1518_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9017/protocolo_geral_n_1518_2022.pdf</t>
   </si>
   <si>
     <t>Requer considerações da Empresa Expresso Maringá que justifiquem o aumento no importe de 28,04% na passagem da Lapa à Araucária.</t>
   </si>
   <si>
     <t>9068</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9068/protocolo_geral_n_1534.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9068/protocolo_geral_n_1534.2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal a Prestação de informações referente a remuneração dos servidores que exercem a função de Motorista Socorrista, e ainda a realização de reunião destes vereadores,com o Prefeito Municipal,  e Secretarias Municipais de Administração e Saúde, e os servdidores em questão para demais apontamentos e esclarecimetos referente ao tratamento paritário e com igualdade.</t>
   </si>
   <si>
     <t>9070</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9070/protocolo_1542_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9070/protocolo_1542_22.pdf</t>
   </si>
   <si>
     <t>Requer informações ao Executivo Municipal, quanto ao término da obra de pavimentação realizada na Av. Cetano Munhoz da Rocha.</t>
   </si>
   <si>
     <t>9088</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9088/protocolo_geral_n_1614.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9088/protocolo_geral_n_1614.2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações oficiais, referente ao concurso público do ano de 2017, sob edital nº 12.01/2017 de 13/11/2017.</t>
   </si>
   <si>
     <t>9087</t>
   </si>
   <si>
     <t>GUSTAVO DAOU, OSVALDO BENEDITO CAMARGO, Vários Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9087/protocolo_geral_n_1615.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9087/protocolo_geral_n_1615.2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Superintendente no Paraná da Polícia Federal Rodoviária, senhor Antônio Paim de Abreu Júnior, informações oficiais sobre a permanência das unidades operacionais, aumento de efetivo nos locaise se haverá projeto para construção de unidade maior da Polícia Federal Rodoviária para o atendimento dos municípios de toda a região.</t>
   </si>
   <si>
     <t>9174</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9174/protocolo_geral_n_1659_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9174/protocolo_geral_n_1659_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando informações referente a concessão de progressão de carreira por merecimento e produtividade conforme Lei Municipal N°1773/2004.</t>
   </si>
   <si>
     <t>9180</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9180/protocolo_geral_n_1669_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9180/protocolo_geral_n_1669_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal informações dos motivos pelos quais as comunidades de Restinga, Porteiras e Vila Esperança, ainda não receberam o serviço de retirada dos resíduos das fossas sépticas.</t>
   </si>
   <si>
     <t>9232</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9232/protocolo_geral_n_1688.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9232/protocolo_geral_n_1688.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a possibilidade de viabilizar juntamente com a Delegacia de Policia Civil, um pátio para os veículos apreendidos, desobstruindo assim o espaço da Alameda David Carneiro.</t>
   </si>
   <si>
     <t>9233</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9233/protocolo_geral_n_1689.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9233/protocolo_geral_n_1689.2022.pdf</t>
   </si>
   <si>
     <t>Solicita patrolamento e ensaibramento na estrada do Faxinal dos Pintos até a Pedra Alta e ensaibramento em alguns pontos necessários.</t>
   </si>
   <si>
     <t>9234</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9234/protocolo_geral_n_1690.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9234/protocolo_geral_n_1690.2022.pdf</t>
   </si>
   <si>
     <t>Solicita que seja encaminhada a Secretaria da Fazenda, cópia da indicação nº 107/2022, bem como a resposta recebeida do Executivo Municipal para que se possível possa ser feito o estudo do impacto financeiro.</t>
   </si>
   <si>
     <t>9248</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9248/protocolo_geral_n_1736.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9248/protocolo_geral_n_1736.2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em Ata Voto de Profundo Pesar pelo falecimento do Sr. Josias Camargo de Oliveira.</t>
   </si>
   <si>
     <t>9255</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9255/protocolo_1754_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9255/protocolo_1754_22.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em Ata Voto de Profundo Pesar pelo falecimento do Senhor Walfrido Kohler Bzeneck, ocorrido no dia 24 de julho de 2022.</t>
   </si>
   <si>
     <t>9256</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9256/1755.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9256/1755.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em Ata Voto de Profundo Pesar pelo falecimento do Senhor Otair dos Santos, ocorrido no dia 25 de julho de 2022.</t>
   </si>
   <si>
     <t>9267</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9267/1810.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9267/1810.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal um estudo das áreas pertencentes ao município que não possuem edificações, especificando sua área total e localidade.</t>
   </si>
   <si>
     <t>9297</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9297/protocolo_geral_n_1845.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9297/protocolo_geral_n_1845.2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, para que seja revisto a resposta enviada através de ofício nº 510/2022, referente a Requerimento Verbal.</t>
   </si>
   <si>
     <t>9308</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9308/1872.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9308/1872.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Executivo Municipal informações do protocolo sob nº 8863/2022, oriundo da indicação 50/2022.</t>
   </si>
   <si>
     <t>9309</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9309/1877.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9309/1877.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Governador do Estado, Sr. Carlos Roberto Massa Junior, e ao Secretário de Educação e Esporte, Sr. Renato Feder, a colaboração para o envio de maior número de uniformes para os colégios Cívicos-militares do Município.</t>
   </si>
   <si>
     <t>9312</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9312/protocolo_1881_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9312/protocolo_1881_2022_ok.pdf</t>
   </si>
   <si>
     <t>Voto de Congratulações e Aplausos a empresa Toni Cerealista Ltda, pela instalação na cidade da Lapa no dia 04 de agosto de 2022.</t>
   </si>
   <si>
     <t>9310</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9310/protocolo_1882_2022_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9310/protocolo_1882_2022_ok.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do senhor Eros Pierin, ocorrido no dia 02 de Agosto de 2022.</t>
   </si>
   <si>
     <t>9337</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9337/protocolo_geral_n_1906.2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9337/protocolo_geral_n_1906.2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a correção em decretos recentemente publicados referentes a Concessão de Progressões de Carreira a servidores municipais.</t>
   </si>
   <si>
     <t>9360</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9360/protocolo_1914_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9360/protocolo_1914_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal o patrolamento na estrada do Santo Amaro até o Serrito, região da balsa.</t>
   </si>
   <si>
     <t>9359</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9359/protocolo_1915_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9359/protocolo_1915_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal o patrolamento na estrada do Passa Dois, entrada até a JBS.</t>
   </si>
   <si>
     <t>9361</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9361/protocolo_1920_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9361/protocolo_1920_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, mais precisamente ao Departamento de Obras, a atenção ao processo nº 27045/2021 conforme abaixo assinado em anexo.</t>
   </si>
   <si>
     <t>9362</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9362/protocolo_1938_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9362/protocolo_1938_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal o envio das informações já solicitadas pelo Requerimento 58/2022, de 28 de junho.</t>
   </si>
   <si>
     <t>9363</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9363/protocolo_1941_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9363/protocolo_1941_22.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em Ata votos de profundo pesar  pelo falecimento da Sra. Maria Visconci de Oliveira.</t>
   </si>
   <si>
     <t>9377</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9377/1955_2.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9377/1955_2.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado Ofício ao Senhor Claudio Stabile diretor Presidente da Companhia de Saneamento do Paraná - Sanepar, solicitando instalação de Rede Coletora de Esgoto nas margens da BR 476, KM 198, próximo a Churrascaria Maravilha em frente ao trevo que dá acesso a cidade da Lapa.</t>
   </si>
   <si>
     <t>9376</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9376/1956.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9376/1956.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado Ofício à Comphania de Energia Elétrica - Copel solicitando mudança do poste de energia elétrica que fica  próximo a Unidade Consumidora nº 5863520 na Colônia Jonanesdorf.</t>
   </si>
   <si>
     <t>9392</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9392/1985.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9392/1985.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal o estudo para construção de lombadas elevadas na Ruas Cândido Correa Costa e João Lacerda Braga.</t>
   </si>
   <si>
     <t>9406</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9406/2016.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9406/2016.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal providências de melhorias e instalação de pontos de ônibus completos com cobertura e assentos na localidade da Johannesdorf, conforme indicação nº 118/2021.</t>
   </si>
   <si>
     <t>9405</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9405/2017.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9405/2017.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal o conserto com os necessários reparos de restauração ou a instalação de um novo parquinho infantil na localidade do  Núcleo Leiteiro, bem como a limpeza e manutenção na quadra esportiva, ambos situados nos fundos do Clube no local.</t>
   </si>
   <si>
     <t>9436</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9436/protocolo_2068_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9436/protocolo_2068_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo informações referente ao concurso público realizado em 2022, sobre os critérios para chamar os candidatos classificados aos números de cotas, e ainda, se ainda estão sendo chamados os aprovados no concurso de 2017.</t>
   </si>
   <si>
     <t>9441</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9441/protocolo_2074_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9441/protocolo_2074_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal que seja informado o atual andamento do processo de contratação de empresa especializada para elaboração de LIP - Laudo de Insalubridade e Periculosidade, conforme já solicitado no Requerimento 48/2021.</t>
   </si>
   <si>
     <t>9442</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9442/protocolo_2075_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9442/protocolo_2075_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações sobre  a viabilidade de projeto para canalização ou outra forma que atenda a legislação ambiental para abertura de acesso da Rua Ricardo Elkhe com a avenida Juscelino Kubitschek a fim de permitir melhor tráfego e fluxo do trânsito entre as vias.</t>
   </si>
   <si>
     <t>9443</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9443/2076.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9443/2076.pdf</t>
   </si>
   <si>
     <t>Reitera ao Executivo Municipal a Indicação nº 88/2021 que solicita a adequação da carga horária dos Assistentes Sociais, tendo como base a Lei Federal nº 12.371/2010.</t>
   </si>
   <si>
     <t>9444</t>
   </si>
   <si>
     <t>GUSTAVO DAOU, OSVALDO BENEDITO CAMARGO</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9444/protocolo_2077_22_ok.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9444/protocolo_2077_22_ok.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal a informação das medidas realizadas para averiguação e fiscalização dos apontamentos referente a Empresa Expresso Maringá, e ainda o envio ofício a empresa citada, para que a mesma seja convocada a esta Casa de Leis a fim de esclarecer as recentes mudanças apontadas pelos seus usuários na prestação de serviços.</t>
   </si>
   <si>
     <t>9457</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9457/2113.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9457/2113.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ao Poder Executivo informações sobre o andamento das obras e o montante valor recebido e destinado até o presente momento em benefício as famílias quilombolas, referente ao contrato assinado em 2018.</t>
   </si>
   <si>
     <t>9471</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9471/protocolo_2139_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9471/protocolo_2139_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que realize Projeto de Contemplação de Obras a ser realizado a Unidade Ginasial Poliesportivo "Juarez Brendle Filho", tendo em vista ser considerada a melhor quadra/ginásio público existente de nossa cidade.</t>
   </si>
   <si>
     <t>9472</t>
   </si>
   <si>
     <t>Vários Vereadores, GUSTAVO DAOU, OSVALDO BENEDITO CAMARGO, VILMAR FÁVARO PURGA</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9472/2140.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9472/2140.pdf</t>
   </si>
   <si>
     <t>Requer informações junto ao Departamento de Estradas de Rodagens do Paraná, referente a implantação de projetos nas vias marginais para facilitar o acesso de veículos às empresas situadas na região, tendo em vista a inexistência de rotatórias ou sinalização adequada que permita que veículos pesados possam se dirigir aos estabelecimentos existentes.</t>
   </si>
   <si>
     <t>9474</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9474/protocolo_2142_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9474/protocolo_2142_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações quanto à ocorrência e o motivo pelo qual a triagem e verificação do aproveitamento pedagógico de livros para doação à Biblioteca Municipal não pode ser realizada pelo profissional após a recepção da doação completa das obras e livros.</t>
   </si>
   <si>
     <t>9485</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9485/protocolo_geral_n_2155_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9485/protocolo_geral_n_2155_2022.pdf</t>
   </si>
   <si>
     <t>Requer informações a respeito das políticas públicas desenvolvidas pelo município a respeito dos jovens infratores, com relação à formação e ressocialização.</t>
   </si>
   <si>
     <t>9508</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9508/protocolo_2234_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9508/protocolo_2234_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal que envie a esta Casa de Leis um Projeto para regularizar os espaços em imóveis de pessoas físicas, onde há recolhimento e armazenamento de lixo reciclável.</t>
   </si>
   <si>
     <t>9523</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9523/protocolo_geral_n2286_de_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9523/protocolo_geral_n2286_de_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal que envie a esta Casa de Leis, informações a respeito da legislação e trâmites que ocorreram no Município para que as atendentes Infantis pudessem se enquadrar como Educadoras Infantis.</t>
   </si>
   <si>
     <t>9528</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9528/protocolo_2303_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9528/protocolo_2303_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal que a Lei nº 3774 de 18 de Março de 2021, que determinou o logradouro Rua Ismael Weinhardt, seja efetivada através da colocação de placa com o respectivo nome da rua, para que os moradores possam solicitar a identificação de suas residências através da numeração predial.</t>
   </si>
   <si>
     <t>9548</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9548/protocolo_2347.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9548/protocolo_2347.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o terreno situado no final da Rua Ricardo Elke, que pertence ao Município, e se caso seja, se seria possível  realização de limpeza dos entulhos e lixos nos mesmos.</t>
   </si>
   <si>
     <t>9634</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9634/2476_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9634/2476_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal informações sobre os valores destinados para as obras do campo da Cohapar.</t>
   </si>
   <si>
     <t>9636</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9636/protocolo_2491_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9636/protocolo_2491_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal o último índice de CPOD (Índice de cárie perdida-obturada ou índice de dentes cariados, perdidos).</t>
   </si>
   <si>
     <t>9639</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9639/protocolo_2507_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9639/protocolo_2507_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal apresente um projeto de lei para revogar as legislações que estabelecem a cobrança de taxa e licença de publicidade (Lei 569/73 e Código Tributário Lei 649/73), com a necessária remissão de valores lançados.</t>
   </si>
   <si>
     <t>9641</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9641/protocolo_2509_22_com_anexo.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9641/protocolo_2509_22_com_anexo.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal a regularização para fixar a jornada de trabalho de todos os profissionais de enfermagem, limitando sura duração em trinta horas semanais.</t>
   </si>
   <si>
     <t>9649</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9649/2542.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9649/2542.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal informações sobre o atendimento aos portadores de Transtorno do Espectro Autista (TEA), já solicitadas pelo Requerimento 76/2021.</t>
   </si>
   <si>
     <t>9651</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9651/2575.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9651/2575.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal o Transporte para atletas e Comissão Técnicas do Dia 12 a 15 de Novembro de 2022 que estarão representando  Município em São Mateus do Sul.</t>
   </si>
   <si>
     <t>9673</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9673/protocolo_2656_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9673/protocolo_2656_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal o envio do protocolo 2022179542, referente a terreno sujo com mato alto situado a Rua Theófilo Augusto Ramalho e todo o encaminhamento interno e quais atos realizados para cumprimento do Art. 102 e 105 da lei nº 3701/2022.</t>
   </si>
   <si>
     <t>9685</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9685/2692.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9685/2692.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal o envio regular de relatório mensal de atendimentos realizados pelo PROCON do município da Lapa.</t>
   </si>
   <si>
     <t>9686</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9686/2693.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9686/2693.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal o envio de relatórios das escolas municipais e números total de alunos por ano escolar e período atendidos, bem como quais exames realizados no cumprimento da Lei 3913/2022.</t>
   </si>
   <si>
     <t>9687</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9687/protocolo_2708_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9687/protocolo_2708_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Secretário de Desenvolvimento Sustentável e do Turismo do Governo do Paraná e ao Presidente do Instituto Água e Terra, informações referentes aos pedidos de corte de árvores e de ponto de luz em área rural, o que pode ser feito para agilizar a análise dos pedidos, e também o retorno dos 19 pedidos encaminhados em anexo.</t>
   </si>
   <si>
     <t>9689</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9689/requerimento_114_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9689/requerimento_114_22.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em Ata Votos de Congratulações e Aplausos para a Major Ariádene Mara Figueiró Valenga por ter assumido o Comando do 28º Batalhão de Polícia Militar com Sede na Lapa no dia 23 de setembro de 2022.</t>
   </si>
   <si>
     <t>9690</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9690/requerimento_115_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9690/requerimento_115_22.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em Ata Votos de Congratulações e Aplausos ao Coronel Hélio José Hornung por ter assumido o 4º Comando Regional de Polícia Militar, com sede em São José dos Pinhais, no dia 22 de Setembro, e em agradecimento pelos seus relevantes serviços prestados à cidade da Lapa no período que esteve comandando o 28º Batalhão de Polícia Militar.</t>
   </si>
   <si>
     <t>9691</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9691/requerimento_116_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9691/requerimento_116_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal informações sobre as providências que o Departamento de Controle e Bem Estar Animal realiza em relação aos cavalos soltos nas ruas.</t>
   </si>
   <si>
     <t>9704</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9704/2765.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9704/2765.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em Ata Voto de profundo pesar pelo falecimento da Sra. Tereza Sossela</t>
   </si>
   <si>
     <t>9705</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9705/2766.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9705/2766.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em Ata Voto de profundo pesar pelo falecimento do Dr. Elias Assad.</t>
   </si>
   <si>
     <t>9707</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9707/protocolo_geral_n_2774.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9707/protocolo_geral_n_2774.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações referentes ao Concurso Público nº 01/2022</t>
   </si>
   <si>
     <t>9710</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9710/requerimento_120_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9710/requerimento_120_22.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal informações sobre o motivo de que alguns servidores aprovados no concurso público de 2017 não receberem a gratificação de 100% prevista neste edital (TIDE).</t>
   </si>
   <si>
     <t>9721</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9721/protocolo_2837_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9721/protocolo_2837_22.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em Ata votos de Congratulações e Aplausos pelos 72 anos de fundação da Radio Legendária FM 95.9.</t>
   </si>
   <si>
     <t>9723</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9723/protocolo_geral_n_2841.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9723/protocolo_geral_n_2841.pdf</t>
   </si>
   <si>
     <t>Requer que seja inserido em Ata Voto de Profundo Pesar pelo falecimento do Professor Paulo Ricardo Bianchini.</t>
   </si>
   <si>
     <t>9734</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9734/protocolo_geral_n_2874.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9734/protocolo_geral_n_2874.pdf</t>
   </si>
   <si>
     <t>Solicita Informações ao Executivo Municipal referente a reforma do telhado da Escola Rural Municipal Gustavo Kuss.</t>
   </si>
   <si>
     <t>9747</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9747/protocolo_2929_2022.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9747/protocolo_2929_2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações sobre quais ações referentes a lei nº 3869 foram colocadas em prática e quais serão as medidas tomadas para a plena aplicação da referida Lei em vigor desde 01 de dezembro de 2021, que dispõe sobre a publicação, na internet, da lista de espera dos pacientes que aguardam por consultas (discriminadas por especialidade), exames e intervenções cirúrgicas e outros procedimentos nos estabelecimentos da Rede Pública de Saúde do Município.</t>
   </si>
   <si>
     <t>9746</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9746/protocolo_2930_22.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9746/protocolo_2930_22.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal informações sobre quais ações referentes a Lei nº 3860 já foram colocadas em prática e quais serão as medidas tomadas para plena aplicação da referida Lei em vigor desde 12 de novembro de 2021, que dispõe sobre a Equiparação do Lúpus Eritematoso Sistêmico (LES) às deficiências físicas e intelectuais, para os efeitos jurídicos em todo o município e que institui a Política Municipal de Conscientização e Orientação sobre o Lúpus.</t>
   </si>
   <si>
     <t>9752</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9752/2959.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9752/2959.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal Informações sobre solicitação realizado por munícipe sobre terreno sujo com mato alto situado à Rua Aberto Weiss para a prefeitura Municipal da Lapa por meio do 156.</t>
   </si>
   <si>
     <t>9753</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9753/2960.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9753/2960.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal  e ao Diretor da Copel Distribuição S.A do Paraná a verificação e fiscalização o cumprimento da Lei Municipal 3924/2022.</t>
   </si>
   <si>
     <t>7558</t>
   </si>
   <si>
     <t>REQV</t>
   </si>
   <si>
     <t>Requerimento Verbal</t>
   </si>
   <si>
     <t>Requerimento verbal de autoria da Vereadora Brenda Ferrari da Silva, solicitando ao Executivo Municipal, que apure denúncia de moradores sobre esgoto a céu aberto, no final da Rua Barão do Rio Branco, próximo ao Quartel.</t>
   </si>
   <si>
     <t>7823</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, uma reforma com urgência na Praça de Esportes Olívio Fávaro, no Rio da Várzea, que devido aos intemperes do tempo o telhado está destruído.</t>
   </si>
   <si>
     <t>7824</t>
   </si>
@@ -7496,67 +7496,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7802/ata_de_audiencia_publica_3o_quad._2021_-_25.02.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7849/ata_da_audiencia_publica_reconhecimento_faxinalense.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8124/audiencia_publica_da_frente_parlamentar_em_defesa_dos_direitos_das_pessoas_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8592/30.05.2022_-_1oq-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9545/ata_29.09.2022._2oq-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7510/ata_13.01.2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7511/ata_24.01.2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7605/ata_15.02.2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7814/ata_22.02.2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7831/ata_08.03.2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7842/ata_15.03.2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7865/ata_22.03.2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7883/ata_29.03.2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7925/ata_05.04.2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7978/ata_12.04.2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7995/ata_19.04.2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8006/ata_26.04.2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8083/ata_03.05.2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8216/ata_10.05.2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8322/ata_17.05.2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8331/ata_20.05.2022_-_extra.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8470/ata_3538_24_05_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8577/ata_31.05.2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8746/ata_07.06.2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8770/ata_14.06.2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8930/ata_21.06.2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8967/ata_28.06.2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9085/ata_05.07.2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9164/ata_12.07.2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9247/ata_19.07.2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9261/ata_26.07.2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9290/ata_02.08.2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9334/ata_09.08.2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9381/ata_16.08.2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9426/ata_23.08.2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9427/ata_26.08.2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9456/ata_30.08.2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9483/ata_06.09.2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9506/ata_13.09.2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9519/ata_20.09.2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9531/ata_27.09.2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9568/ata_04.10.2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9632/ata_3559_11.10.2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9647/ata_3560_18.10.2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9663/ata_25.10.2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9683/ata_3562_01.11.2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9701/ata_3563_08.11.2022_correta.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9714/ata_22.11.2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9735/ata_3565_29.11.2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9743/ata_3566_06.12.2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9774/ata_13.12.2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9775/ata_19.12.2022_-_extra.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9776/ata_23.12.2022_-_extra.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9520/ata_20.09.2022-solene_roberto_lipski-pdf.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9769/ata-25-10-2022-tribuna_livre_-_criacao_conselho_municipal_pessoa_com_deficiencia_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8931/ata_21.06.2022_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8217/ata_10.05.2022_-_apae.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7979/ata_12.04.2022_-_app_sindicato.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7868/ata_22.03.2022_-_farmacia_nissei.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7603/anteprojeto_de_lei_no_01.2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7624/anteprojeto_de_lei_02_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7737/protocolo_geral_n_383_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7806/protocolo_geral_n_425.2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7816/anteprojeto_de_lei_05_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7904/projeto_de_lei_06_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7885/anteprojeto_de_lei_07_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7892/anteprojeto_de_lei_08_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7926/anteprojeto_de_lei_09_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7927/anteprojeto_de_lei_10_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7899/projeto_de_lei_11_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7901/projeto_de_lei_12_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7898/projeto_de_lei_13_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7996/08-22_-_primeiros_socorros_em_caso_de_engasgamento_e_outros.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8011/anteprojeto_de_lei_15_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8112/anteprojeto_de_lei_16_2022_2.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8171/anteprojeto_de_lei_17_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8172/anteprojeto_de_lei_18_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8608/protocolo_geral_n_1160_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8609/projeto_de_lei_20_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8676/protocolo_geral_n_1212_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8745/protocolo_geral_n_1257_2022_2.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8769/anteprojeto_de_lei_23_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8771/protocolo_geral_n_1334_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9071/protocolo_geral_n_1543.2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9296/protocolo_n_1857.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9445/2078.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9478/anteprojeto_de_lei_29_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9504/anteprojeto_de_lei_30_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9510/anteprojeto_de_lei_31_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9522/protocolo_geral_n2287_de_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9537/2323.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9553/anteprojeto_de_lei_34_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9617/anteprojeto_de_lei_35_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9648/projeto_de_lei_36_2022_substituicao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9660/anteprojeto_de_lei_37_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9684/2687.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9709/protocolo_geral_n_2778.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9748/anteprojeto_de_lei_40_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7813/anteprojeto_de_lei_complementar_01_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7805/anteprojeto_de_lei_complementar_02_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7812/anteprojeto_de_lei_complementar_03_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7934/protocolo_geral_n_714_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8742/protocolo_geral_n_1253_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9283/protocolo_geral_n1826.2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9754/chapa_compromisso_com_a_lapa.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9715/emenda_parlamentar_impositiva_projeto_de_lei_76_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9716/projeto_de_lei_76_2022_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9749/protocolo_geral_n2941_de_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6975/protocolo_29_2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6974/protocolo_30_2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6976/protocolo_geral_42_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6986/protocolo_52_2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6987/protocolo_53_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7545/protocolo_54_2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6996/protocolo_82_2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7546/protocolo_100_2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7547/protocolo_101_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7039/protocolo_geral_n_115_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7060/protocolo_geral_n_134_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7118/protocolo_geral_n_138_2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7269/protocolo_173_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7430/protocolo_geral_n_200_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7541/protocolo_geral_n_218_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7539/protocolo_geral_n_219_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7540/protocolo_geral_n_224_2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7542/protocolo_geral_n_225_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7543/protocolo_geral_n_226_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7517/protocolo_geral_n_228_2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7550/protocolo_geral_n_247_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7551/protocolo_geral_n_249_2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7548/protocolo_geral_n250_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7549/protocolo_geral_n_251_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7553/protocolo_geral_n_260_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7556/protocolo_274_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7555/protocolo_275_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7604/indicacao_28.2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7665/protocolo_geral_339.2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7755/protocolo_geral_n_392_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7799/protocolo_geral_n_398_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7800/protocolo_geral_n_399_2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7801/protocolo_geral_n_400_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7807/protocolo_416_2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7808/protocolo_417_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7809/protocolo_419_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7810/protocolo_420_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7821/protocolo_geral_n_433.2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7818/protocolo_geral_n_448.2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7832/protocolo_geral_n_468.2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7834/indicacao_41_22_ok.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7837/indicacao_42_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7836/indicacao_43_2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7845/indicacao_44_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7847/indicacao_45_22.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7851/protocolo_528_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7850/protocolo_529_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7854/protocolo_531_22.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7857/indicacao__49_22.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7864/protocolo_geral_n_584_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7866/protocolo_geral_n_595.2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7869/protocolo_geral_n_600.2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7870/protocolo_geral_n_602.2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7872/indicacao_54_22.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7873/indicacao_55_22.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7874/indicacao_56_22.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7875/indicacao_57_22.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7890/protocolo_geral_n_653.2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7889/protocolo_geral_n_651.2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7888/protocolo_geral_n_652.2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7887/protocolo_geral_n_655.2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7891/protocolo_geral_n_662.2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7895/indicacao_63_2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7894/indicacao_64_2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7935/protocolo_672_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7893/indicacao_66_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7897/protocolo_677_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7967/protocolo_geral_n_702_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7965/protocolo_geral_n_710_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7966/protocolo_geral_n_711_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7969/protocolo_geral_n_726_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7982/protocolo_geral_n_761_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7985/protocolo_780_2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7998/protocolo_geral_n_819_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7999/protocolo_geral_n_820_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8000/protocolo_829_22.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8008/protocolo_856_22.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8012/protocolo_geral_n_867_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8013/protocolo_geral_n_868_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8014/protocolo_geral_n_869_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8015/protocolo_geral_n_870_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8020/protocolo_877_22.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8118/protocolo_geral_n_923_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8119/protocolo_geral_n_924_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8113/protocolo_geral_n_927_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8117/protocolo_geral_n_936_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8115/protocolo_geral_n_937_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8116/protocolo_geral_n_938_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8120/protocolo_944_22.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8122/protocolo_948_22.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8123/protocolo_949_22.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8187/protocolo_geral_n_975_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8188/protocolo_geral_n_976_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8222/protocolo_geral_n_988_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8225/protocolo_geral_n_989_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8247/protocolo_geral_n_1000_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8256/protocolo_1004_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8349/protocolo__1062_22.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8362/protocolo_geral_n_1068_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8373/1073_22.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8375/protocolo_1079_22.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8432/protocolo_geral_n_1101.2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8433/protocolo_geral_n_1103_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8479/protocolo_geral_n_1131_2022_certo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8478/protocolo_geral_n_1132_2022_certo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8477/protocolo_geral_n_1135_2022_certo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8611/protocolo_geral_n_1172_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8622/protocolo_1191_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8621/protocolo_1192_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8620/protocolo_1193_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8700/protocolo_geral_n_1224_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8699/protocolo_geral_n_1225_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8755/protocolo_geral_n_1275_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8761/protocolo_1283_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8759/protocolo_1284_22.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8758/protocolo_1288_22.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8760/protocolo_1289_22.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8764/protocolo_1298_22.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8766/protocolo_1305_22.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8773/protocolo_geral_n_1333_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8774/protocolo_geral_n_1336_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8797/protocolo_1352_22.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8796/protocolo_1353_22.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8873/protocolo_geral_n_1407_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8872/protocolo_geral_n_1408_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8871/protocolo_geral_n_1409_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8943/protocolo_geral_n_1424_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8942/protocolo_geral_n_1425_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8939/protocolo_geral_n_1426_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8956/protocolo_1444_22.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8957/protocolo_1445_22.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8958/protocolo_1446_22.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8959/protocolo_1447_22.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8960/protocolo_1451_22.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8962/protocolo_1453_22.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9018/protocolo_geral_n_1508_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9066/protocolo_1514_22.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9065/protocolo_1515_2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9064/protocolo_1516_22.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9019/protocolo_geral_n_1517_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9069/protocolo_1529_22.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9072/protocolo_1544_22.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9089/protocolo_geral_n_1617.2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9178/protocolo_geral_n_1670_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9177/protocolo_geral_n_1671_2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9176/protocolo_geral_n_1672_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9175/protocolo_geral_n_1674_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9179/protocolo_geral_n_1675_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9181/protocolo_geral_n_1687.2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9244/protocolo_geral_n1731.2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9245/protocolo_geral_n1732.2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9246/protocolo_geral_n1733.2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9254/protocolo_geral_n_1746.2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9257/protocolo_1756_22.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9259/1780.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9262/protocolo_geral_n_1787.2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9269/1808.2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9268/1809.2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9271/1818.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9270/1819.2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9273/1820.2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9272/1821.2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9299/protocolo_geral_n1846.2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9298/protocolo_geral_n1847.2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9306/1871.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9307/1873.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9311/protocolo_1883_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9336/protocolo_geral_n_1907.2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9356/protocolo_1916_22.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9357/protocolo_1917_22.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9358/protocolo_1918_22.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9386/1974.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9393/1986.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9395/1994.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9396/2001.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9397/2005.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9401/2008.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9402/2009.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9403/2010.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9404/2011.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9400/2012.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9437/protocolo_2070_22.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9438/protocolo__2071_22.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9439/protocolo_2072_22.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9440/protocolo_2073_2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9465/protocolo_2131_2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9466/protocolo_2132_2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9467/protocolo_2133_2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9468/protocolo_2134_2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9469/protocolo_2135_2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9470/protocolo_2136_2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9487/protocolo_geral_n_2153_2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9486/protocolo_geral_n_2154_2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9491/protocolo_2192_2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9492/protocolo_2193_2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9493/protocolo_2195_2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9502/indicacao_198_22.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9503/indicacao_199_22.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9509/protocolo_2231_22.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9524/protocolo_geral_n2294_de_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9525/protocolo_geral_n2295_de_2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9526/protocolo_geral_n2299.2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9527/protocolo_geral_n2300.2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9541/2336.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9542/2343.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9552/protocolo_2367_22.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9558/protocolo_2371_22_ok.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9555/protocolo_2369_22.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9554/protocolo_2370_22.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9557/protocolo_2372_22_ok.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9556/protocolo_2373_22_ok.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9559/protocolo_2375_22.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9593/2418_2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9594/2419_2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9607/2420_2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9608/protocolo_2426_22.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9611/2443_2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9633/2472_2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9635/2479_2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9637/protocolo_2492_22.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9638/protocolo_2506_22.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9640/protocolo_2508_22.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9650/2572.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9652/2576.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9670/2623.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9671/protocolo_2639_22.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9672/protocolo_2657_22.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9688/protocolo_2706_22.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9702/2762.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9703/2763.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9706/2767.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9711/protocolo_2791_22.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9719/protocolo_2835_22.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9720/protocolo_2836_22.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9722/protocolo_geral_n_2840.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9737/protocolo_2903_22.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9738/protocolo_2904_22.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9745/protocolo_2931_22.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9750/2951.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9751/2952.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8434/27_indicacao_verbal_sessao_24_de_maio.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9473/mocao_de_apoio_01_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9618/protocolo_2335_22.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6973/protocolo_25_2022.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6990/protocolo_geral_68_2022.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7005/projeto_03_2022.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7026/projeto_de_lei_04_22.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7120/protocolo_geral_n_140_2022.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7313/protocolo_geral_n_178_2022.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7512/projeto_de_lei_07_2022.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7526/projeto_de_lei_08_2022.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7525/protocolo_geral_n_234_2022.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7537/protocolo_geral_n_236_2022.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7529/projeto_de_lei_11_2022.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7535/protocolo_geral_n_239_2022.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7534/protocolo_geral_n_240_2022.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7536/protocolo_geral_n_241_2022.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7533/protocolo_geral_n242_2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7602/projeto_de_lei_16_2022.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7820/projeto_de_lei_17_2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7819/projeto_de_lei_18_2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7844/projeto_de_lei_19_2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7843/projeto_de_lei_20_2022.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7856/projeto_de_lei_21_2022.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7976/projeto_de_lei_22_2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7981/projeto_de_lei_23_22_com_alteracoes_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7980/protocolo_geral_n_752_2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8184/protocolo_geral_n_977_2022.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8185/protocolo_geral_n_978_2022.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8186/protocolo_geral_n_979_2022.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8296/projeto_de_lei_28_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8345/projeto_de_lei_29_2022.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8377/projeto_de_lei_30_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8463/projeto_de_lei_31_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8465/projeto_de_lei_32_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8610/projeto_de_lei_33_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8743/projeto_de_lei_34_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8744/protocolo_geral_n_1256_2022.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8752/protocolo_geral_n_1276_2022_2.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8749/projeto_de_lei_37_2022.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8748/projeto_de_lei_38_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8747/projeto_de_lei_39_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8750/projeto_de_lei_40_22_ok.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8751/projeto_de_lei_41_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8859/protocolo_geral_n_1385_2022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8860/protocolo_geral_n_1386_2022.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8861/protocolo_geral_n_1389_2022.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8862/protocolo_geral_n_1391_2022.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8863/protocolo_geral_n_1392_2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8864/protocolo_geral_n_1393_2022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8865/protocolo_geral_n_1394_2022.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8866/protocolo_geral_n_1395_2022.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8867/protocolo_geral_n_1396_2022.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8868/protocolo_geral_n_1397_2022.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8869/protocolo_geral_n_1398_2022.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8870/protocolo_geral_n_1405_2022.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9067/protocolo_geral_n_1537.2022.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9078/protocolo_geral_n_1573_2022.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9079/protocolo_geral_n_1574_2022.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9077/protocolo_geral_n_1572_2022.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9080/protocolo_geral_n_1576_2022.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9081/protocolo_geral_n_1577_2022.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9082/protocolo_geral_n_1578_2022.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9083/protocolo_geral_n_1579_2022.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9084/protocolo_geral_n_1580_2022.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9251/63_-_pd_4811-2019__obras_-_suplementar_excesso_indenizacoes_e_restituicoes_vinculo_0_2.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9252/64_-__p.d_8989-2022_-___saude_suplementar_excesso_vinculo_500_1.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9253/65_-_p.d._17737-2022_-__saude_agente_comunitario_1.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9250/66_-__p.d._18714_saude_-_consorcio_metropolitano.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9286/projeto_de_lei_67_2022.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9292/projeto_de_lei_68_2022.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9335/projeto_de_lei_69_2022.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9385/1988.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9417/projeto_de_lei_71_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9435/projeto_de_lei_72_2022.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9446/2083.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9448/2100.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9449/projeto_de_lei_75_2022.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9450/projeto_de_lei_76_2022.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9453/projeto_de_lei_77_2022.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9490/projeto_de_lei_78_2022.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9505/projeto_de_lei_79_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9513/projeto_de_lei_80_2022.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9514/projeto_de_lei_81_2022.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9515/projeto_de_lei_82_2022.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9517/projeto_de_lei_83_2022.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9532/projeto_de_lei_84_2022.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9533/projeto_de_lei_85_2022.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9572/projeto_de_lei_86_2022.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9534/projeto_de_lei_87_2022.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9535/projeto_de_lei_88_2022.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9536/projeto_de_lei_89_2022.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9540/projeto_de_lei_90_2022.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9571/projeto_de_lei_91_2022.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9614/projeto_de_lei_92_2022.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9615/projeto_de_lei_93_2022.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9622/2456_2022.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9623/2457_2022.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9624/projeto_de_lei_96_2022.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9625/projeto_de_lei_97_2022.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9626/projeto_de_lei_98_2022.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9627/2461_2022.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9656/2599_2022.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9657/2600.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9658/2601.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9659/2602.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9664/projeto_de_lei_104_2022.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9665/projeto_de_lei_105_2022.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9666/projeto_de_lei_106_2022.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9667/projeto_de_lei_107_2022.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9668/projeto_de_lei_108_2022.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9669/projeto_de_lei_109_2022.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9692/projeto_de_lei_110_2022.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9693/projeto_de_lei_111_2022.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9694/2728.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9708/projeto_de_lei_113_2022.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9717/projeto_de_lei_114_2022.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9718/projeto_de_lei_115_2022.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9724/projeto_de_lei_116_2022.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9725/projeto_de_lei_117_2022.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9726/projeto_de_lei_118_2022.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9736/projeto_de_lei_119_2022.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9744/projeto_de_lei_120_22_ok.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9755/projeto_de_lei_121_2022.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9756/projeto_de_lei_122_2022.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8149/protocolo_geral_n_967_2022.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7997/projeto_de_resolucao_01_2022.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8009/projeto_de_resolucao_02_2022.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8043/peotocolo_geral_n_884_2022.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8348/projeto_de_resolucao_04_2022_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9086/protocolo_geral_n_1583_2022.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9366/projeto_de_resolucao_06_2022.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9425/2056.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9616/2447_2022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6989/protocolo_geral_67_2022.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8464/projeto_de_lei_complementar_02_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9249/projeto_de_lei_complementar_03_2022.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9518/protocolo_geral_n2283_de_2022.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6985/protocolo_14_2022.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7064/protocolo_geral_n_135_2022.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7063/protocolo_geral_n_136_2022.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7061/protocolo_geral_n_137_2022.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7171/protocolo_166_2022.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7544/protocolo_geral_n_220_2022.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7538/protocolo_geral_n_221_2022.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7552/protocolo_geral_n_245_2022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7676/requerimento_no_09.2022.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7745/protocolo_389_22.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7803/protocolo_409_2022.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7811/protocolo_418_2022.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7817/requerimento_13_2022.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7833/protocolo_geral_n_456.2022.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7835/requerimento_15_2022.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7846/requerimento_16_2022.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7853/protocolo_526_2022.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7852/protocolo_527_2022.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7855/requerimento_19_2022.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7858/protocolo_544_22.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7867/protocolo_geral_n_597.2022.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7876/protocolo_geral_n_612.2022.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7884/protocolo_geral_n_625.2022.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7896/requerimento_24_2022.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7970/protocolo_geral_n_728_2022....pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7983/protocolo_geral_n_768_2022.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7984/ok.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7986/protocolo_geral_n_790_2022.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8007/protocolo_geral_n_841_2022.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8017/protocolo_geral_n_865_2022_1.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8016/protocolo_geral_n_866_2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8018/protocolo_875_22.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8019/protocolo_876_22.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8023/requerimento_34_22.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8114/protocolo_geral_n_935_2022.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8121/protocolo_943_22.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8226/protocolo_geral_n_995_2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8255/protocolo_1005_2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8257/protocolo_1010_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8374/protocolo_1072_22.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8376/protocolo_1082_22.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8476/protocolo_geral_n_1133_2022_certo.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8475/protocolo_geral_n_1134_2022_certo.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8474/protocolo_geral_n_1136_2022_certo.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8480/protocolo_geral_n_1141_2022.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8612/protocolo_geral_n_1173_2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8623/protocolo_1190_2022.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8624/protocolo_1195_2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8625/protocolo_1221_2022.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8626/protocolo_1222_2022.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8627/protocolo_1223_2022.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8756/protocolo_geral_n_1282_2022.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8757/protocolo_1290_22.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8762/protocolo_1293_22.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8765/protocolo_1299_22.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8763/protocolo_1304_22.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8798/protocolo_1357_22.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8961/protocolo_1452_22.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9016/protocolo_geral_n_1507_2022_2.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9017/protocolo_geral_n_1518_2022.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9068/protocolo_geral_n_1534.2022.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9070/protocolo_1542_22.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9088/protocolo_geral_n_1614.2022.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9087/protocolo_geral_n_1615.2022.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9174/protocolo_geral_n_1659_2022.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9180/protocolo_geral_n_1669_2022.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9232/protocolo_geral_n_1688.2022.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9233/protocolo_geral_n_1689.2022.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9234/protocolo_geral_n_1690.2022.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9248/protocolo_geral_n_1736.2022.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9255/protocolo_1754_22.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9256/1755.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9267/1810.2022.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9297/protocolo_geral_n_1845.2022.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9308/1872.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9309/1877.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9312/protocolo_1881_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9310/protocolo_1882_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9337/protocolo_geral_n_1906.2022.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9360/protocolo_1914_22.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9359/protocolo_1915_22.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9361/protocolo_1920_22.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9362/protocolo_1938_22.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9363/protocolo_1941_22.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9377/1955_2.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9376/1956.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9392/1985.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9406/2016.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9405/2017.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9436/protocolo_2068_22.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9441/protocolo_2074_2022.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9442/protocolo_2075_22.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9443/2076.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9444/protocolo_2077_22_ok.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9457/2113.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9471/protocolo_2139_22.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9472/2140.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9474/protocolo_2142_22.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9485/protocolo_geral_n_2155_2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9508/protocolo_2234_22.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9523/protocolo_geral_n2286_de_2022.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9528/protocolo_2303_22.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9548/protocolo_2347.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9634/2476_2022.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9636/protocolo_2491_22.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9639/protocolo_2507_22.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9641/protocolo_2509_22_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9649/2542.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9651/2575.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9673/protocolo_2656_22.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9685/2692.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9686/2693.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9687/protocolo_2708_22.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9689/requerimento_114_22.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9690/requerimento_115_22.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9691/requerimento_116_22.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9704/2765.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9705/2766.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9707/protocolo_geral_n_2774.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9710/requerimento_120_22.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9721/protocolo_2837_22.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9723/protocolo_geral_n_2841.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9734/protocolo_geral_n_2874.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9747/protocolo_2929_2022.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9746/protocolo_2930_22.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9752/2959.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9753/2960.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7802/ata_de_audiencia_publica_3o_quad._2021_-_25.02.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7849/ata_da_audiencia_publica_reconhecimento_faxinalense.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8124/audiencia_publica_da_frente_parlamentar_em_defesa_dos_direitos_das_pessoas_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8592/30.05.2022_-_1oq-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9545/ata_29.09.2022._2oq-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7510/ata_13.01.2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7511/ata_24.01.2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7605/ata_15.02.2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7814/ata_22.02.2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7831/ata_08.03.2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7842/ata_15.03.2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7865/ata_22.03.2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7883/ata_29.03.2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7925/ata_05.04.2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7978/ata_12.04.2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7995/ata_19.04.2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8006/ata_26.04.2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8083/ata_03.05.2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8216/ata_10.05.2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8322/ata_17.05.2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8331/ata_20.05.2022_-_extra.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8470/ata_3538_24_05_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8577/ata_31.05.2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8746/ata_07.06.2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8770/ata_14.06.2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8930/ata_21.06.2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8967/ata_28.06.2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9085/ata_05.07.2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9164/ata_12.07.2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9247/ata_19.07.2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9261/ata_26.07.2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9290/ata_02.08.2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9334/ata_09.08.2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9381/ata_16.08.2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9426/ata_23.08.2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9427/ata_26.08.2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9456/ata_30.08.2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9483/ata_06.09.2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9506/ata_13.09.2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9519/ata_20.09.2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9531/ata_27.09.2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9568/ata_04.10.2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9632/ata_3559_11.10.2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9647/ata_3560_18.10.2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9663/ata_25.10.2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9683/ata_3562_01.11.2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9701/ata_3563_08.11.2022_correta.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9714/ata_22.11.2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9735/ata_3565_29.11.2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9743/ata_3566_06.12.2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9774/ata_13.12.2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9775/ata_19.12.2022_-_extra.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9776/ata_23.12.2022_-_extra.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9520/ata_20.09.2022-solene_roberto_lipski-pdf.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9769/ata-25-10-2022-tribuna_livre_-_criacao_conselho_municipal_pessoa_com_deficiencia_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8931/ata_21.06.2022_-_iptu.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8217/ata_10.05.2022_-_apae.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7979/ata_12.04.2022_-_app_sindicato.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7868/ata_22.03.2022_-_farmacia_nissei.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7603/anteprojeto_de_lei_no_01.2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7624/anteprojeto_de_lei_02_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7737/protocolo_geral_n_383_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7806/protocolo_geral_n_425.2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7816/anteprojeto_de_lei_05_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7904/projeto_de_lei_06_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7885/anteprojeto_de_lei_07_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7892/anteprojeto_de_lei_08_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7926/anteprojeto_de_lei_09_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7927/anteprojeto_de_lei_10_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7899/projeto_de_lei_11_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7901/projeto_de_lei_12_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7898/projeto_de_lei_13_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7996/08-22_-_primeiros_socorros_em_caso_de_engasgamento_e_outros.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8011/anteprojeto_de_lei_15_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8112/anteprojeto_de_lei_16_2022_2.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8171/anteprojeto_de_lei_17_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8172/anteprojeto_de_lei_18_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8608/protocolo_geral_n_1160_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8609/projeto_de_lei_20_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8676/protocolo_geral_n_1212_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8745/protocolo_geral_n_1257_2022_2.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8769/anteprojeto_de_lei_23_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8771/protocolo_geral_n_1334_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9071/protocolo_geral_n_1543.2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9296/protocolo_n_1857.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9445/2078.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9478/anteprojeto_de_lei_29_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9504/anteprojeto_de_lei_30_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9510/anteprojeto_de_lei_31_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9522/protocolo_geral_n2287_de_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9537/2323.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9553/anteprojeto_de_lei_34_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9617/anteprojeto_de_lei_35_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9648/projeto_de_lei_36_2022_substituicao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9660/anteprojeto_de_lei_37_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9684/2687.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9709/protocolo_geral_n_2778.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9748/anteprojeto_de_lei_40_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7813/anteprojeto_de_lei_complementar_01_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7805/anteprojeto_de_lei_complementar_02_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7812/anteprojeto_de_lei_complementar_03_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7934/protocolo_geral_n_714_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8742/protocolo_geral_n_1253_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9283/protocolo_geral_n1826.2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9754/chapa_compromisso_com_a_lapa.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9715/emenda_parlamentar_impositiva_projeto_de_lei_76_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9716/projeto_de_lei_76_2022_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9749/protocolo_geral_n2941_de_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6975/protocolo_29_2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6974/protocolo_30_2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6976/protocolo_geral_42_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6986/protocolo_52_2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6987/protocolo_53_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7545/protocolo_54_2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6996/protocolo_82_2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7546/protocolo_100_2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7547/protocolo_101_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7039/protocolo_geral_n_115_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7060/protocolo_geral_n_134_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7118/protocolo_geral_n_138_2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7269/protocolo_173_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7430/protocolo_geral_n_200_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7541/protocolo_geral_n_218_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7539/protocolo_geral_n_219_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7540/protocolo_geral_n_224_2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7542/protocolo_geral_n_225_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7543/protocolo_geral_n_226_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7517/protocolo_geral_n_228_2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7550/protocolo_geral_n_247_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7551/protocolo_geral_n_249_2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7548/protocolo_geral_n250_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7549/protocolo_geral_n_251_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7553/protocolo_geral_n_260_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7556/protocolo_274_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7555/protocolo_275_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7604/indicacao_28.2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7665/protocolo_geral_339.2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7755/protocolo_geral_n_392_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7799/protocolo_geral_n_398_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7800/protocolo_geral_n_399_2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7801/protocolo_geral_n_400_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7807/protocolo_416_2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7808/protocolo_417_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7809/protocolo_419_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7810/protocolo_420_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7821/protocolo_geral_n_433.2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7818/protocolo_geral_n_448.2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7832/protocolo_geral_n_468.2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7834/indicacao_41_22_ok.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7837/indicacao_42_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7836/indicacao_43_2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7845/indicacao_44_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7847/indicacao_45_22.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7851/protocolo_528_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7850/protocolo_529_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7854/protocolo_531_22.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7857/indicacao__49_22.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7864/protocolo_geral_n_584_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7866/protocolo_geral_n_595.2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7869/protocolo_geral_n_600.2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7870/protocolo_geral_n_602.2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7872/indicacao_54_22.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7873/indicacao_55_22.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7874/indicacao_56_22.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7875/indicacao_57_22.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7890/protocolo_geral_n_653.2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7889/protocolo_geral_n_651.2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7888/protocolo_geral_n_652.2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7887/protocolo_geral_n_655.2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7891/protocolo_geral_n_662.2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7895/indicacao_63_2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7894/indicacao_64_2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7935/protocolo_672_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7893/indicacao_66_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7897/protocolo_677_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7967/protocolo_geral_n_702_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7965/protocolo_geral_n_710_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7966/protocolo_geral_n_711_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7969/protocolo_geral_n_726_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7982/protocolo_geral_n_761_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7985/protocolo_780_2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7998/protocolo_geral_n_819_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7999/protocolo_geral_n_820_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8000/protocolo_829_22.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8008/protocolo_856_22.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8012/protocolo_geral_n_867_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8013/protocolo_geral_n_868_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8014/protocolo_geral_n_869_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8015/protocolo_geral_n_870_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8020/protocolo_877_22.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8118/protocolo_geral_n_923_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8119/protocolo_geral_n_924_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8113/protocolo_geral_n_927_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8117/protocolo_geral_n_936_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8115/protocolo_geral_n_937_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8116/protocolo_geral_n_938_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8120/protocolo_944_22.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8122/protocolo_948_22.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8123/protocolo_949_22.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8187/protocolo_geral_n_975_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8188/protocolo_geral_n_976_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8222/protocolo_geral_n_988_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8225/protocolo_geral_n_989_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8247/protocolo_geral_n_1000_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8256/protocolo_1004_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8349/protocolo__1062_22.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8362/protocolo_geral_n_1068_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8373/1073_22.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8375/protocolo_1079_22.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8432/protocolo_geral_n_1101.2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8433/protocolo_geral_n_1103_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8479/protocolo_geral_n_1131_2022_certo.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8478/protocolo_geral_n_1132_2022_certo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8477/protocolo_geral_n_1135_2022_certo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8611/protocolo_geral_n_1172_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8622/protocolo_1191_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8621/protocolo_1192_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8620/protocolo_1193_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8700/protocolo_geral_n_1224_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8699/protocolo_geral_n_1225_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8755/protocolo_geral_n_1275_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8761/protocolo_1283_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8759/protocolo_1284_22.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8758/protocolo_1288_22.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8760/protocolo_1289_22.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8764/protocolo_1298_22.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8766/protocolo_1305_22.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8773/protocolo_geral_n_1333_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8774/protocolo_geral_n_1336_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8797/protocolo_1352_22.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8796/protocolo_1353_22.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8873/protocolo_geral_n_1407_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8872/protocolo_geral_n_1408_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8871/protocolo_geral_n_1409_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8943/protocolo_geral_n_1424_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8942/protocolo_geral_n_1425_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8939/protocolo_geral_n_1426_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8956/protocolo_1444_22.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8957/protocolo_1445_22.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8958/protocolo_1446_22.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8959/protocolo_1447_22.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8960/protocolo_1451_22.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8962/protocolo_1453_22.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9018/protocolo_geral_n_1508_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9066/protocolo_1514_22.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9065/protocolo_1515_2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9064/protocolo_1516_22.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9019/protocolo_geral_n_1517_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9069/protocolo_1529_22.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9072/protocolo_1544_22.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9089/protocolo_geral_n_1617.2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9178/protocolo_geral_n_1670_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9177/protocolo_geral_n_1671_2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9176/protocolo_geral_n_1672_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9175/protocolo_geral_n_1674_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9179/protocolo_geral_n_1675_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9181/protocolo_geral_n_1687.2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9244/protocolo_geral_n1731.2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9245/protocolo_geral_n1732.2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9246/protocolo_geral_n1733.2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9254/protocolo_geral_n_1746.2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9257/protocolo_1756_22.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9259/1780.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9262/protocolo_geral_n_1787.2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9269/1808.2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9268/1809.2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9271/1818.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9270/1819.2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9273/1820.2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9272/1821.2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9299/protocolo_geral_n1846.2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9298/protocolo_geral_n1847.2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9306/1871.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9307/1873.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9311/protocolo_1883_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9336/protocolo_geral_n_1907.2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9356/protocolo_1916_22.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9357/protocolo_1917_22.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9358/protocolo_1918_22.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9386/1974.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9393/1986.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9395/1994.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9396/2001.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9397/2005.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9401/2008.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9402/2009.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9403/2010.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9404/2011.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9400/2012.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9437/protocolo_2070_22.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9438/protocolo__2071_22.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9439/protocolo_2072_22.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9440/protocolo_2073_2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9465/protocolo_2131_2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9466/protocolo_2132_2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9467/protocolo_2133_2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9468/protocolo_2134_2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9469/protocolo_2135_2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9470/protocolo_2136_2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9487/protocolo_geral_n_2153_2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9486/protocolo_geral_n_2154_2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9491/protocolo_2192_2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9492/protocolo_2193_2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9493/protocolo_2195_2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9502/indicacao_198_22.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9503/indicacao_199_22.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9509/protocolo_2231_22.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9524/protocolo_geral_n2294_de_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9525/protocolo_geral_n2295_de_2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9526/protocolo_geral_n2299.2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9527/protocolo_geral_n2300.2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9541/2336.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9542/2343.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9552/protocolo_2367_22.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9558/protocolo_2371_22_ok.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9555/protocolo_2369_22.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9554/protocolo_2370_22.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9557/protocolo_2372_22_ok.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9556/protocolo_2373_22_ok.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9559/protocolo_2375_22.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9593/2418_2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9594/2419_2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9607/2420_2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9608/protocolo_2426_22.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9611/2443_2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9633/2472_2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9635/2479_2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9637/protocolo_2492_22.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9638/protocolo_2506_22.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9640/protocolo_2508_22.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9650/2572.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9652/2576.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9670/2623.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9671/protocolo_2639_22.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9672/protocolo_2657_22.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9688/protocolo_2706_22.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9702/2762.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9703/2763.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9706/2767.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9711/protocolo_2791_22.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9719/protocolo_2835_22.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9720/protocolo_2836_22.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9722/protocolo_geral_n_2840.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9737/protocolo_2903_22.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9738/protocolo_2904_22.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9745/protocolo_2931_22.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9750/2951.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9751/2952.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8434/27_indicacao_verbal_sessao_24_de_maio.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9473/mocao_de_apoio_01_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9618/protocolo_2335_22.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6973/protocolo_25_2022.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6990/protocolo_geral_68_2022.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7005/projeto_03_2022.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7026/projeto_de_lei_04_22.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7120/protocolo_geral_n_140_2022.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7313/protocolo_geral_n_178_2022.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7512/projeto_de_lei_07_2022.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7526/projeto_de_lei_08_2022.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7525/protocolo_geral_n_234_2022.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7537/protocolo_geral_n_236_2022.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7529/projeto_de_lei_11_2022.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7535/protocolo_geral_n_239_2022.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7534/protocolo_geral_n_240_2022.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7536/protocolo_geral_n_241_2022.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7533/protocolo_geral_n242_2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7602/projeto_de_lei_16_2022.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7820/projeto_de_lei_17_2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7819/projeto_de_lei_18_2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7844/projeto_de_lei_19_2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7843/projeto_de_lei_20_2022.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7856/projeto_de_lei_21_2022.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7976/projeto_de_lei_22_2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7981/projeto_de_lei_23_22_com_alteracoes_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7980/protocolo_geral_n_752_2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8184/protocolo_geral_n_977_2022.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8185/protocolo_geral_n_978_2022.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8186/protocolo_geral_n_979_2022.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8296/projeto_de_lei_28_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8345/projeto_de_lei_29_2022.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8377/projeto_de_lei_30_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8463/projeto_de_lei_31_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8465/projeto_de_lei_32_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8610/projeto_de_lei_33_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8743/projeto_de_lei_34_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8744/protocolo_geral_n_1256_2022.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8752/protocolo_geral_n_1276_2022_2.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8749/projeto_de_lei_37_2022.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8748/projeto_de_lei_38_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8747/projeto_de_lei_39_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8750/projeto_de_lei_40_22_ok.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8751/projeto_de_lei_41_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8859/protocolo_geral_n_1385_2022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8860/protocolo_geral_n_1386_2022.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8861/protocolo_geral_n_1389_2022.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8862/protocolo_geral_n_1391_2022.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8863/protocolo_geral_n_1392_2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8864/protocolo_geral_n_1393_2022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8865/protocolo_geral_n_1394_2022.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8866/protocolo_geral_n_1395_2022.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8867/protocolo_geral_n_1396_2022.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8868/protocolo_geral_n_1397_2022.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8869/protocolo_geral_n_1398_2022.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8870/protocolo_geral_n_1405_2022.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9067/protocolo_geral_n_1537.2022.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9078/protocolo_geral_n_1573_2022.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9079/protocolo_geral_n_1574_2022.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9077/protocolo_geral_n_1572_2022.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9080/protocolo_geral_n_1576_2022.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9081/protocolo_geral_n_1577_2022.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9082/protocolo_geral_n_1578_2022.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9083/protocolo_geral_n_1579_2022.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9084/protocolo_geral_n_1580_2022.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9251/63_-_pd_4811-2019__obras_-_suplementar_excesso_indenizacoes_e_restituicoes_vinculo_0_2.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9252/64_-__p.d_8989-2022_-___saude_suplementar_excesso_vinculo_500_1.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9253/65_-_p.d._17737-2022_-__saude_agente_comunitario_1.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9250/66_-__p.d._18714_saude_-_consorcio_metropolitano.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9286/projeto_de_lei_67_2022.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9292/projeto_de_lei_68_2022.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9335/projeto_de_lei_69_2022.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9385/1988.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9417/projeto_de_lei_71_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9435/projeto_de_lei_72_2022.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9446/2083.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9448/2100.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9449/projeto_de_lei_75_2022.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9450/projeto_de_lei_76_2022.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9453/projeto_de_lei_77_2022.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9490/projeto_de_lei_78_2022.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9505/projeto_de_lei_79_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9513/projeto_de_lei_80_2022.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9514/projeto_de_lei_81_2022.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9515/projeto_de_lei_82_2022.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9517/projeto_de_lei_83_2022.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9532/projeto_de_lei_84_2022.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9533/projeto_de_lei_85_2022.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9572/projeto_de_lei_86_2022.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9534/projeto_de_lei_87_2022.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9535/projeto_de_lei_88_2022.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9536/projeto_de_lei_89_2022.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9540/projeto_de_lei_90_2022.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9571/projeto_de_lei_91_2022.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9614/projeto_de_lei_92_2022.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9615/projeto_de_lei_93_2022.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9622/2456_2022.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9623/2457_2022.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9624/projeto_de_lei_96_2022.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9625/projeto_de_lei_97_2022.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9626/projeto_de_lei_98_2022.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9627/2461_2022.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9656/2599_2022.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9657/2600.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9658/2601.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9659/2602.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9664/projeto_de_lei_104_2022.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9665/projeto_de_lei_105_2022.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9666/projeto_de_lei_106_2022.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9667/projeto_de_lei_107_2022.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9668/projeto_de_lei_108_2022.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9669/projeto_de_lei_109_2022.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9692/projeto_de_lei_110_2022.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9693/projeto_de_lei_111_2022.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9694/2728.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9708/projeto_de_lei_113_2022.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9717/projeto_de_lei_114_2022.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9718/projeto_de_lei_115_2022.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9724/projeto_de_lei_116_2022.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9725/projeto_de_lei_117_2022.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9726/projeto_de_lei_118_2022.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9736/projeto_de_lei_119_2022.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9744/projeto_de_lei_120_22_ok.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9755/projeto_de_lei_121_2022.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9756/projeto_de_lei_122_2022.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8149/protocolo_geral_n_967_2022.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7997/projeto_de_resolucao_01_2022.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8009/projeto_de_resolucao_02_2022.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8043/peotocolo_geral_n_884_2022.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8348/projeto_de_resolucao_04_2022_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9086/protocolo_geral_n_1583_2022.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9366/projeto_de_resolucao_06_2022.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9425/2056.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9616/2447_2022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6989/protocolo_geral_67_2022.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8464/projeto_de_lei_complementar_02_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9249/projeto_de_lei_complementar_03_2022.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9518/protocolo_geral_n2283_de_2022.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/6985/protocolo_14_2022.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7064/protocolo_geral_n_135_2022.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7063/protocolo_geral_n_136_2022.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7061/protocolo_geral_n_137_2022.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7171/protocolo_166_2022.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7544/protocolo_geral_n_220_2022.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7538/protocolo_geral_n_221_2022.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7552/protocolo_geral_n_245_2022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7676/requerimento_no_09.2022.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7745/protocolo_389_22.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7803/protocolo_409_2022.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7811/protocolo_418_2022.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7817/requerimento_13_2022.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7833/protocolo_geral_n_456.2022.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7835/requerimento_15_2022.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7846/requerimento_16_2022.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7853/protocolo_526_2022.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7852/protocolo_527_2022.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7855/requerimento_19_2022.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7858/protocolo_544_22.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7867/protocolo_geral_n_597.2022.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7876/protocolo_geral_n_612.2022.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7884/protocolo_geral_n_625.2022.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7896/requerimento_24_2022.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7970/protocolo_geral_n_728_2022....pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7983/protocolo_geral_n_768_2022.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7984/ok.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/7986/protocolo_geral_n_790_2022.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8007/protocolo_geral_n_841_2022.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8017/protocolo_geral_n_865_2022_1.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8016/protocolo_geral_n_866_2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8018/protocolo_875_22.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8019/protocolo_876_22.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8023/requerimento_34_22.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8114/protocolo_geral_n_935_2022.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8121/protocolo_943_22.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8226/protocolo_geral_n_995_2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8255/protocolo_1005_2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8257/protocolo_1010_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8374/protocolo_1072_22.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8376/protocolo_1082_22.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8476/protocolo_geral_n_1133_2022_certo.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8475/protocolo_geral_n_1134_2022_certo.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8474/protocolo_geral_n_1136_2022_certo.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8480/protocolo_geral_n_1141_2022.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8612/protocolo_geral_n_1173_2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8623/protocolo_1190_2022.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8624/protocolo_1195_2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8625/protocolo_1221_2022.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8626/protocolo_1222_2022.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8627/protocolo_1223_2022.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8756/protocolo_geral_n_1282_2022.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8757/protocolo_1290_22.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8762/protocolo_1293_22.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8765/protocolo_1299_22.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8763/protocolo_1304_22.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8798/protocolo_1357_22.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/8961/protocolo_1452_22.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9016/protocolo_geral_n_1507_2022_2.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9017/protocolo_geral_n_1518_2022.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9068/protocolo_geral_n_1534.2022.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9070/protocolo_1542_22.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9088/protocolo_geral_n_1614.2022.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9087/protocolo_geral_n_1615.2022.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9174/protocolo_geral_n_1659_2022.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9180/protocolo_geral_n_1669_2022.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9232/protocolo_geral_n_1688.2022.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9233/protocolo_geral_n_1689.2022.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9234/protocolo_geral_n_1690.2022.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9248/protocolo_geral_n_1736.2022.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9255/protocolo_1754_22.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9256/1755.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9267/1810.2022.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9297/protocolo_geral_n_1845.2022.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9308/1872.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9309/1877.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9312/protocolo_1881_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9310/protocolo_1882_2022_ok.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9337/protocolo_geral_n_1906.2022.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9360/protocolo_1914_22.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9359/protocolo_1915_22.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9361/protocolo_1920_22.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9362/protocolo_1938_22.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9363/protocolo_1941_22.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9377/1955_2.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9376/1956.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9392/1985.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9406/2016.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9405/2017.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9436/protocolo_2068_22.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9441/protocolo_2074_2022.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9442/protocolo_2075_22.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9443/2076.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9444/protocolo_2077_22_ok.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9457/2113.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9471/protocolo_2139_22.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9472/2140.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9474/protocolo_2142_22.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9485/protocolo_geral_n_2155_2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9508/protocolo_2234_22.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9523/protocolo_geral_n2286_de_2022.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9528/protocolo_2303_22.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9548/protocolo_2347.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9634/2476_2022.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9636/protocolo_2491_22.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9639/protocolo_2507_22.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9641/protocolo_2509_22_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9649/2542.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9651/2575.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9673/protocolo_2656_22.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9685/2692.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9686/2693.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9687/protocolo_2708_22.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9689/requerimento_114_22.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9690/requerimento_115_22.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9691/requerimento_116_22.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9704/2765.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9705/2766.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9707/protocolo_geral_n_2774.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9710/requerimento_120_22.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9721/protocolo_2837_22.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9723/protocolo_geral_n_2841.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9734/protocolo_geral_n_2874.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9747/protocolo_2929_2022.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9746/protocolo_2930_22.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9752/2959.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2022/9753/2960.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H702"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="170.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="159.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="158.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>