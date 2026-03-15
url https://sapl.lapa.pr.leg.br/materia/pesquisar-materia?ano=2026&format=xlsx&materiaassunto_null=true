--- v0 (2026-01-10)
+++ v1 (2026-03-15)
@@ -10,170 +10,1665 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1184" uniqueCount="536">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>13314</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>AAP</t>
+  </si>
+  <si>
+    <t>Ata Audiência Pública</t>
+  </si>
+  <si>
+    <t>Câmara Municipal da Lapa</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13314/ata_audiencia_publica_3o_q._2025_pdf.pdf</t>
+  </si>
+  <si>
+    <t>ATA DA AUDIÊNCIA PÚBLICA DE DEMONSTRAÇÃO E AVALIAÇÃO DO PODER EXECUTIVO MUNICIPAL RELATIVO AO CUMPRIMENTO DAS METAS FISCAIS DO TERCEIRO QUADRIMESTRE DE 2025. (27/02/2026).</t>
+  </si>
+  <si>
+    <t>13342</t>
+  </si>
+  <si>
+    <t>3714</t>
+  </si>
+  <si>
+    <t>ATA</t>
+  </si>
+  <si>
+    <t>Ata Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13342/ata_24.02.2026.pdf</t>
+  </si>
+  <si>
+    <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 24/02/2026. ATA NÚMERO TRÊS MIL, SETECENTOS E  QUATORZE (3.714).</t>
+  </si>
+  <si>
+    <t>13343</t>
+  </si>
+  <si>
+    <t>3715</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/</t>
+  </si>
+  <si>
+    <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 03/03/2026. ATA NÚMERO TRÊS MIL, SETECENTOS E QUINZE (3.715).</t>
+  </si>
+  <si>
+    <t>13377</t>
+  </si>
+  <si>
+    <t>3716</t>
+  </si>
+  <si>
+    <t>ATA REFERENTE A SESSÃO ORDINÁRIA DO DIA 10/03/2026. ATA NÚMERO TRÊS MIL, SETECENTOS E DEZESSEIS (3.716).</t>
+  </si>
+  <si>
+    <t>13230</t>
+  </si>
+  <si>
+    <t>3711</t>
+  </si>
+  <si>
+    <t>ATAE</t>
+  </si>
+  <si>
+    <t>Ata Sessão Extraordinária</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13230/ata_15.01.2026_-_extra.pdf</t>
+  </si>
+  <si>
+    <t>ATA REFERENTE A SESSÃO EXTRAORDINÁRIA DO DIA 15/01/2026. ATA NÚMERO TRÊS MIL, SETECENTOS E ONZE (3.711).</t>
+  </si>
+  <si>
+    <t>13259</t>
+  </si>
+  <si>
+    <t>3712</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13259/ata_05.02.2026_-_extra.pdf</t>
+  </si>
+  <si>
+    <t>ATA REFERENTE A SESSÃO EXTRAORDINÁRIA DO DIA 05/02/2026. ATA NÚMERO TRÊS MIL, SETECENTOS E DOZE (3.712).</t>
+  </si>
+  <si>
+    <t>13260</t>
+  </si>
+  <si>
+    <t>3713</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13260/ata_10.02.2026_-_extra.pdf</t>
+  </si>
+  <si>
+    <t>ATA REFERENTE A SESSÃO EXTRAORDINÁRIA DO DIA 10/02/2026. ATA NÚMERO TRÊS MIL, SETECENTOS E TREZE (3.713).</t>
+  </si>
+  <si>
+    <t>13271</t>
+  </si>
+  <si>
+    <t>APL</t>
+  </si>
+  <si>
+    <t>Anteprojeto de Lei</t>
+  </si>
+  <si>
+    <t>PAULO MASSA</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13271/protocolo_geral_287_2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de "Rua João Vitor Rodrigues Guimarães", o logradouro público conforme especifica.</t>
+  </si>
+  <si>
+    <t>13272</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13272/protocolo_geral_292_2026.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública no âmbito municipal a Associação Atlética Ferroviária da Lapa e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13290</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>FABIANO CORDEIRO</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13290/protocolo_geral_320_2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de "Rua Osvaldo de Jesus Martins", a rua Municipal que especifica.</t>
+  </si>
+  <si>
+    <t>13306</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13306/protocolo_geral_359_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Programa Municipal de Esporte Inclusivo para Pessoas com Deficiência e Pessoas com Transtorno do Espectro Autista (TEA) no Município da Lapa.</t>
+  </si>
+  <si>
+    <t>13308</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13308/protocolo_geral_408_2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de "Rua Remi Pacheco Camargo", a rua Municipal que especifica.</t>
+  </si>
+  <si>
     <t>13212</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CAMILA SCHEFER PIERIN</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13212/protocolo_37_2026.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13212/protocolo_37_2026.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que notifique o comércio local, sobre a Lei nº 4504, de 19 de dezembro de 2025, que altera a Lei nº 3935, de 19 de maio de 2022.</t>
   </si>
   <si>
     <t>13213</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13213/protocolo_38_2026.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13213/protocolo_38_2026.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, para que solicite através da Secretaria de Saúde, o Censo Inclusão para Pessoas com Deficiência, e levantamento do número de pessoas portadoras de Diabetes Tipo I, em nosso Município.</t>
   </si>
   <si>
     <t>13214</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13214/protocolo_39_2026.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13214/protocolo_39_2026.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, para que solicite a realização de treinamento de atendimento básico de libras, para funcionários da rede municipal de saúde, especialmente na UPA.</t>
   </si>
   <si>
     <t>13216</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13216/protocolo_51_2026.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13216/protocolo_51_2026.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a instalação de uma placa de permanência de 15 minutos em frente ao Meira Contadores, na Avenida Dr. Manoel Pedro.</t>
   </si>
   <si>
+    <t>13229</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13229/protocolo_87_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, para que viabilize a transferência de água da localidade do Butiá até o Posto de Saúde da localidade da Barra dos Mellos.</t>
+  </si>
+  <si>
+    <t>13232</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13232/protocolo_120_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, para que dê início a um Projeto de Lei com objetivo de criar o Conselho Municipal de Ciência, Tecnologia e Inovação, e do Fundo Municipal de Ciência, Tecnologia e Inovação (FMI) do Município da Lapa/PR.</t>
+  </si>
+  <si>
+    <t>13237</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13237/protocolo_165_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que sejam instalados bancos no Módulo Esportivo da Vila São José.</t>
+  </si>
+  <si>
+    <t>13241</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13241/protocolo_180_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, melhorias na sinalização e acessibilidade da área externa da Escola Municipal Serafim Ferreira do Amaral.</t>
+  </si>
+  <si>
+    <t>13249</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13249/protocolo_geral_201_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 09/2026 de autoria da Vereadora Camila Schefer Pierin ao Chefe do Poder Executivo Municipal para que proceda a instalação de um Parquinho para a comunidade da Lacerda.</t>
+  </si>
+  <si>
+    <t>13258</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13258/protocolo_geral_253_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal para que proceda restauração da calçada da Rua Dr. Luiz Correa de Lacerda ( em frente ao Centro da Juventude), e sua lateral, a Rua Sebastião Pires Furiatti.</t>
+  </si>
+  <si>
+    <t>13261</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13261/protocolo_geral_266_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, a possibilidade de realizar chamamento dos pacientes nas UBS da mesma forma que é realizado na UPA, para que o nome da pessoa que está sendo chamada, apareça na tela da TV.</t>
+  </si>
+  <si>
+    <t>13262</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13262/protocolo_geral_269_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, da possibilidade de uma caçamba de coleta de lixo na localidade do Passa Dois.</t>
+  </si>
+  <si>
+    <t>13263</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13263/protocolo_geral_270_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo  Municipal, para que solicite o aumento da frequência em que a empresa de coleta de lixo passa na localidade do Marafigo.</t>
+  </si>
+  <si>
+    <t>13270</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13270/protocolo_geral_282_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que seja instalada uma cerca de proteção no parquinho infantil do módulo esportivo.</t>
+  </si>
+  <si>
+    <t>13269</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13269/protocolo_geral_283_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que seja feito a manutenção na iluminação da quadra poliesportiva Juarez Brendle Filho, conjunto Pousada do Sol.</t>
+  </si>
+  <si>
+    <t>13268</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13268/protocolo_geral_284_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, solicitando limpeza nas calçadas da Rua Vereadora Joanita Ganzert Saboia, Bairro Ronda.</t>
+  </si>
+  <si>
+    <t>13267</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13267/protocolo_geral_285_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, solicitando patrolamento e ensaibramento da Rua Acre, em toda sua extensão.</t>
+  </si>
+  <si>
+    <t>13297</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13297/protocolo_geral_342_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que realize instalação de placas indicativas para uso correto da pista e com orientações de utilização do Parquinho do Módulo Esportivo.</t>
+  </si>
+  <si>
+    <t>13298</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13298/protocolo_geral_343_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Educação, que realize melhorias na quadra do Módulo Esportivo.</t>
+  </si>
+  <si>
+    <t>13299</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13299/protocolo_geral_344_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Educação, que seja instalado uma rede de proteção na quadra do Módulo Esportivo.</t>
+  </si>
+  <si>
+    <t>13300</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13300/protocolo_geral_345_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Educação, que seja instalado um bebedouro no Módulo Esportivo.</t>
+  </si>
+  <si>
+    <t>13301</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13301/protocolo_geral_346_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que seja realizada limpeza no entorno do CMEI Lia Tereza Campanholo.</t>
+  </si>
+  <si>
+    <t>13302</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13302/protocolo_geral_347_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que seja realizada limpeza do terreno no final da Rua Solicitador David Timóteo Wiedmer.</t>
+  </si>
+  <si>
+    <t>13303</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13303/protocolo_geral_348_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, solicitando uma placa de identificação para a Rua Helena Teixeira Fabienski, na Vila Esperança.</t>
+  </si>
+  <si>
+    <t>13311</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13311/protocolo_geral_421_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, patrolamento e ensaibramento da Rua paralela a sede da Cooperativa Bom Jesus no Capão Bonito, antiga Futuragro, próximo a casa do senhor Milton Pinheiro.</t>
+  </si>
+  <si>
+    <t>13323</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>BRUNO BUX</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13323/protocolo_geral_443_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, por meio da Secretaria de Infraestrutura, Obras e Transporte, que seja realizado o serviço de limpeza de vegetação em toda a extensão da Avenida Tancredo de Almeida Neves.</t>
+  </si>
+  <si>
+    <t>13322</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13322/protocolo_geral_444_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, por meio da Secretaria de Infraestrutura, Obras e Transporte, que seja realizada, com a devida urgência, a limpeza em toda a extensão do Parque Linear.</t>
+  </si>
+  <si>
+    <t>13321</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13321/protocolo_geral_445_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, por meio da Secretaria de Infraestrutura, Obras e Transporte, a realização de serviços de manutenção e patrolamento na Estrada do Mato Preto Machado.</t>
+  </si>
+  <si>
+    <t>13320</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13320/protocolo_geral_446_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica Executivo Municipal, por meio da Secretaria de Infraestrutura, Obras e Transporte, a manutenção da estrada que liga Johannesdorf ao Faxinal dos Pintos.</t>
+  </si>
+  <si>
+    <t>13319</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13319/protocolo_geral_447_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, por meio da Secretaria de Infraestrutura, Obras e Transporte, que sejam realizados serviços de manutenção da estrada do passo velho, na comunidade do Feixo, que atualmente se encontra com buracos e erosões de grande profundidade, comprometendo a trafegabilidade e colocando em risco moradores, produtores rurais e o transporte escolar que utilizam a via diariamente.</t>
+  </si>
+  <si>
+    <t>13318</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13318/protocolo_geral_448_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo, por meio da Secretaria de Infraestrutura, Obras e Transporte a execução de patrolamento e a adequação do escoamento das águas pluviais da Estrada do Veadeiro, tendo em vista a existência de buracos e erosões causadas pelo acúmulo e direcionamento inadequado da água, situação que compromete a trafegabilidade e a segurança dos usuários.</t>
+  </si>
+  <si>
+    <t>13317</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13317/protocolo_geral_449_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo, por meio da Secretaria de Infraestrutura, Obras e Transporte, que seja realizada, com a máxima urgência, a manutenção e recuperação da estrada do Caracol, garantindo melhores condições de tráfego e segurança aos moradores e produtores da região.</t>
+  </si>
+  <si>
+    <t>13316</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13316/protocolo_geral_450_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo, por meio da Secretaria de Infraestrutura, Obras e Transporte, que seja realizado ensaibramento, patrolamento e alargamento da estrada Principal da comunidade do Bonito.</t>
+  </si>
+  <si>
+    <t>13315</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13315/protocolo_geral_451_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo, por meio da Secretaria de Infraestrutura, Obras e Transporte, que seja realizado  manutenção urgente na estrada da Barrinha, na comunidade dos Alves Cardosos, no trecho localizado após o Cemitério da Barrinha.</t>
+  </si>
+  <si>
+    <t>13333</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13333/protocolo_geral_457_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que sejam instalados bancos próximos ao parquinho infantil do Parque do Monge.</t>
+  </si>
+  <si>
+    <t>13332</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13332/protocolo_geral_458_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que seja realizada a limpeza dos bueiros localizados no final da Avenida Aloísio Leoni, próximo ao número 1249.</t>
+  </si>
+  <si>
+    <t>13331</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13331/protocolo_geral_459_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que seja instalado um corrimão na escadaria localizada próxima à Escola Municipal Emília Ferreira do Amaral, na Vila São José.</t>
+  </si>
+  <si>
+    <t>13330</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13330/protocolo_geral_460_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que seja realizado a manutenção da sinalização horizontal na Rua João Lacerda Braga.</t>
+  </si>
+  <si>
+    <t>13329</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13329/protocolo_geral_461_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que sejam realizados melhorias na Rua Daniel Guimarães, na Vila São José.</t>
+  </si>
+  <si>
+    <t>13328</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13328/protocolo_geral_462_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que sejam realizadas reformas e melhorias no Posto de Saúde do Rio da Areia.</t>
+  </si>
+  <si>
+    <t>13339</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13339/protocolo_geral_482_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que seja instalado um parquinho infantil no Marafigo, no mesmo espaço onde está localizado a academia ao ar livre da comunidade.</t>
+  </si>
+  <si>
+    <t>13345</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13345/protocolo_geral_522_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, solicitando a instalação de um parquinho no centro de eventos do município da Lapa.</t>
+  </si>
+  <si>
+    <t>13346</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13346/protocolo_geral_529_2026_.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que sejam realizadas melhorias na pista de skate do Módulo Esportivo da Vila São José.</t>
+  </si>
+  <si>
+    <t>13351</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13351/protocolo_geral_542_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal solicitando melhorias na Rua Desembargador Antônio de Paula, desde a Distribuidora de Gás até o final da referida rua.</t>
+  </si>
+  <si>
+    <t>13352</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13352/protocolo_geral_543_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal solicitando patrolamento e ensaibramento da estrada na localidade da Colônia São Carlos,, próximo ao Colégio Agrícola.</t>
+  </si>
+  <si>
+    <t>13353</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13353/protocolo_geral_544_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal solicitando patrolamento e ensaibramento da estrada na localidade do Passa Dois, na altura da residência de Antônio Furman.</t>
+  </si>
+  <si>
+    <t>13354</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13354/protocolo_geral_545_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal que solicite a abertura do muro da Escola Municipal Serafim Ferreira do Amaral, para terraplanagem do espaço.</t>
+  </si>
+  <si>
+    <t>13362</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13362/protocolo_geral_553_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal a realização de vistoria técnica e manutenção na Rua Desembargador Westphallen.</t>
+  </si>
+  <si>
+    <t>13363</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13363/protocolo_geral_554_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal que seja realizada limpeza e desobstrução do córrego localizado na Rua Doutor Luiz Correia de Lacerda em frente ao posto da Cohapar.</t>
+  </si>
+  <si>
+    <t>13364</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13364/protocolo_geral_555_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal que seja realizada vistoria técnica e manutenção na Rua Duque de Caxias em toda  sua extensão.</t>
+  </si>
+  <si>
+    <t>13365</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13365/protocolo_geral_556_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal que sejam realizados serviços de manutenção, patrolamento e empedramento das estradas da comunidade do Espigão Branco.</t>
+  </si>
+  <si>
+    <t>13366</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13366/protocolo_geral_557_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal que seja instalada uma academia ao ar livre na Comunidade do Faxinal dos Pintos.</t>
+  </si>
+  <si>
+    <t>13367</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13367/protocolo_geral_558_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal que seja instalada uma academia ao ar livre no Conjunto Monsenhor Henrique.</t>
+  </si>
+  <si>
+    <t>13376</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13376/protocolo_geral_606_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que seja realizado a manutenção de bueiros na Avenida Papa João XXIII.</t>
+  </si>
+  <si>
+    <t>13375</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13375/protocolo_geral_607_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que seja realizado patrolamento e empedramento em pontos críticos na Comunidade do Capão Bonito, na estrada que especifica.</t>
+  </si>
+  <si>
+    <t>13380</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13380/protocolo_geral_620_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal que seja realizado manilhamento das valetas existentes na estrada do Parque Industrial, no trecho que especifica.</t>
+  </si>
+  <si>
     <t>13215</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13215/projeto_de_lei_01_2025.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13215/projeto_de_lei_01_2025.pdf</t>
   </si>
   <si>
     <t>Cria novas vagas para o Cargo Público de provimento efetivo de Procurador do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>13217</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13217/projeto_de_lei_02_2025_com_anexos.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13217/projeto_de_lei_02_2025_com_anexos.pdf</t>
   </si>
   <si>
     <t>Revisão da Segregação de Massas com alteração da Lei nº 2183/2008 de 24 de junho de 2008 que dispõe sobre a Reestruturação do Regime Próprio de Previdência do Município da Lapa.</t>
   </si>
   <si>
     <t>13218</t>
   </si>
   <si>
-    <t>https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13218/projeto_de_lei_03_2025.pdf</t>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13218/projeto_de_lei_03_2025.pdf</t>
   </si>
   <si>
     <t>Altera o § 2º do art. 2º da Lei Municipal nº 4155, de 13 de novembro de 2023.</t>
+  </si>
+  <si>
+    <t>13225</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13225/projeto_de_lei_04_2026.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta as Ações 2566 ao Programa 0069; 2567 ao Programa 0062; 2416 e 2563 ao Programa 0067, da Lei nº 4455/2025, que dispõe sobre o Plano Plurianual para o quadriênio 2026 à 2029, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13226</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13226/projeto_de_lei_5_2026.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta as Ações 2566 ao Programa 0069; 2567 ao Programa 0062; 2416 e 2563 ao Programa 0067 da Lei nº 4427/2025, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13227</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13227/06._-_of._13-26_-_pd_424-2026_-_inclusao_na_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente a inclusão das Ações 2566 ao Programa 0069; 2567 ao Programa 0062; 2416 e 2563 ao Programa 0067, na Lei Orçamentária Anual 4501/25.</t>
+  </si>
+  <si>
+    <t>13234</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13234/07_-_of._22_-_pd_1228-2026_-_inclusao_ldo_1.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta a Ação número 1100 ao Programa 0012; da Lei nº 4427/2025, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13235</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13235/08_-_of._23-26_-_pd_1228-2026_inclusao_na_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, e a inclusão da Ação número 1100 ao Programa 0012 na Lei número 4501/25.</t>
+  </si>
+  <si>
+    <t>13236</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13236/09_-_of._24-2026_-_pd_1228-2026_-_inclusao_no_ppa_2026-2029.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta a Ação número 1100 ao Programa 0012; da Lei nº 4455/2025, que dispõe sobre o Plano Plurianual para o quadriênio 2026 a 2029, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13238</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13238/10_-_adm_-_ppa_4455-25_-_p.d._1108__excesso_especial_ppa_subsidio_tarifa_pedagio.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta a Ação 2568 ao Programa 0002 da Lei nº 4455/2025, que dispõe sobre o Plano Plurianual para o quadriênio 2026 à 2029, e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>13239</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13239/11_-_adm_-_ldo_4427-25_-_p.d._1108_administracao_exc._especial__subsidio_tarifa_pedagio.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta a Ação 2568 ao Programa 0002, na Lei nº 4427/2025, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2026, e_x000D_
+dá outras providências.</t>
+  </si>
+  <si>
+    <t>13240</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13240/12_-_of._36-25_-_adm_-_loa_-_p.d._1108_excesso_especial_subsidio_tarifa_pedagio.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, subsídio de isenção da tarifa do pedágio, conforme previsto na Lei Municipal nº 4338, de 04 de fevereiro de 2025.</t>
+  </si>
+  <si>
+    <t>13243</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13243/13_-_of._44-26_-_pd_1484-2026_-_adm_cosip_-_ppa_l_4455-25_-_superavit.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização para inclusão de rubrica orçamentária na Ação 2262 – Manter Iluminação Pública da Secretaria de Administração, na Lei nº 4455/2025, referente ao Plano Plurianual para o quadriênio 2026 a 2029, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13244</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13244/14_-_of._45-26_-_p.d._1484_-_adm_-cosip_-_ldo_4427-25-__superavit.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização para inclusão de rubrica orçamentária na Ação 2262 -Manter Iluminação Pública, da Secretaria de Administração, na Lei nº_x000D_
+4427/2025, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13245</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13245/15_-_of._46-25_-_p.d._1484-26_-_adm_-_cosip_loa___superavit.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de Crédito Adicional Especial, por Superávit Financeiro, para inclusão de rubrica orçamentária na ação 2262 - Manter Iluminação Pública da Secretaria de Administração e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13248</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13248/16_-_of._51-26_-_pd_2017-2026_-_reajuste_salarial_2026.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece os índices para revisão geral anual dos vencimentos e dos subsídios dos servidores, dos proventos dos aposentados e das pensões do poder executivo e legislativo municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13250</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13250/projeto_de_lei_17_2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 3912 de 24 de fevereiro de 2022 para instituir o Programa de Apoio ao Atleta Lapeano para Competições Internacionais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13266</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13266/18_-_of._64-26_-_pd_9168-2024_-_fundo_municipal_de_saneamento_basico_e_ambiental.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Fundo Municipal de Saneamento Básico e Ambiental (FMSBA) e institui o Conselho Municipal de Saneamento Básico e Ambiental (CMSBA) do Município de Lapa.</t>
+  </si>
+  <si>
+    <t>13274</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13274/19_-_of._68-26_-_p.d._1023_3381_social_especial_superavit_vinculo_935_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Superávit Financeiro, referente suplementação de rubrica orçamentária na Ação 2567, Gestão do Bloco de Proteção Social Básica.</t>
+  </si>
+  <si>
+    <t>13275</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13275/20_-_of._69-26_-_p.d._1643_saude_especial_excesso_vinculo_494.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, referente inclusão de rubrica orçamentária de Subvenções Sociais na Ação 2547, Bloco de Custeio das Ações e Serviços Públicos de Saúde - Atenção Especializada em Saúde- CAPS.</t>
+  </si>
+  <si>
+    <t>13276</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13276/21_-_of._70-26_-_p.d._2714_lapa_previ_anulacao_vinculos_040.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Anulação de Dotação, referente a suplementação para pagamento das Aposentadorias e Pensões do Regime Capitalizado.</t>
+  </si>
+  <si>
+    <t>13277</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13277/22_-_of._71-26_-_p.d._3495_agropecuaria_suplementar_excesso_parque_ambiental_vinculo_194.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente criação de rubrica orçamentária na Ação 2508 para_x000D_
+implantação de um Parque Urbano no Município.</t>
+  </si>
+  <si>
+    <t>13279</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13279/23_-_of._72-25_-_p.d._22_obras_suplementar_operacao_de_credito_cef_e_bb.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Excesso de Arrecadação, referente inclusão de rubrica orçamentária nas Ações 1002, 2042 e 2509, da Secretaria Municipal de Obras, provenientes de Convênios Federal e Estadual.</t>
+  </si>
+  <si>
+    <t>13280</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13280/24_-_of._73-26_-_p.d._22-2026_obras_suplementar_operacao_de_credito_cef_e_bb.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Operação de Crédito, referente aquisição de equipamentos rodoviários, pavimentação e_x000D_
+recuperação de Vias Urbanas, pavimentação de Estradas Rurais, Saneamento Rural provenientes da Operação de Crédito junto a Caixa Econômica Federal - FINISA e Banco do Brasil.</t>
+  </si>
+  <si>
+    <t>13281</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13281/25_-_of._74-25_-_p.d._22_obras_-_ppa_construcao_capela_mortuaria_faxinal_dos_correias.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta a Ação 1101 ao Programa 0011 da Lei nº 4455/2025, que dispõe sobre o Plano Plurianual para o quadriênio 2026 à 2029, e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>13282</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13282/26_-_of._75-26_-_pd_22-26_-_obras_ldo_4427-25-_const._cap._mortuaria_faxinal_dos_correias.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta a Ação 1101 ao Programa 0011, na Lei nº 4427/2025, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13283</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13283/27_-_of._76-26_-_pd_22_obras_loa_construcao_capela_mortuaria_faxinal_dos_correias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Superávit Financeiro, para incluir a Ação 1101 e rubrica orçamentária destinada à Construção de uma Capela Mortuária na Localidade de Faxinal dos Correias.</t>
+  </si>
+  <si>
+    <t>13284</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13284/28_-_of._77-26_-_pd_22_obras_exc_esp_contrap._loa_const._cap._mort._faxinal.correias_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, para incluir a Ação 1101 e rubrica orçamentária de contrapartida_x000D_
+destinada à Construção de uma Capela Mortuária na Localidade de Faxinal dos Correias</t>
+  </si>
+  <si>
+    <t>13287</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13287/29_-_of._78-26_-_pd_79-2026_-_ppa_fomento_regional_pl__conf._lei_n_4337_e_decreto_n_28662.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação das rubricas orçamentárias, Órgão 23 Secretaria Extraordinária de Fomento Regional, na Lei nº 4455/2025, que dispõe sobre o Plano Plurianual para o quadriênio 2026 à 2029, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13288</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13288/30_-_of._79-26_-_pd_79-2026_-_ldo_4427-25_-_fomento_regional.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação das rubricas orçamentárias, Órgão 23 Secretaria Extraordinária de Fomento Regional, na Lei nº 4427/2025, que dispõe sobre a Lei de Diretrizes Orçamentárias para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13289</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13289/31_-_of._83-26_-_pd_79-2026_-_loa_-fomento_regional_-criacao_da_secretaria.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Anulação de Dotação, para autorização para a inclusão das rubricas orçamentárias do Órgão 23 Secretaria Extraordinária de Fomento Regional e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13307</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13307/32_-_of._86-26_-_pd_26538-2025_-_criacao_de_vagas-_1773-04_-_cargo_de_educador_infantil.pdf</t>
+  </si>
+  <si>
+    <t>Cria novas vagas para o Cargo Público de provimento efetivo de Educador Infantil, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13309</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13309/33_-_of._87-26_-_p.d._2709_obras_suplementar_superavit_itaipu_vinculo_728.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Suplementar, por Superávit Financeiro, referente suplementação de rubrica orçamentária na Ação 1004 conforme aprovação do Instrumento de Repasse nº 4113205/2023, para Contratação Integrada – Ponte Lapa/São João do Triunfo.</t>
+  </si>
+  <si>
+    <t>13310</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13310/34_-_of._88-26_-_p.d._28160-25_obras_suplem_exc_termo_de_acordo_extrajudicial_cotrans.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a assinatura de acordo extrajudicial a ser firmado entre Município e a empresa Cotrans Locação de Veículos Ltda, referente a quitação de multa de trânsito provocada por servidor público.</t>
+  </si>
+  <si>
+    <t>13341</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13341/35_-_of._98-26_-_p.d._4905_educacao_excesso_especial_loa__vinculo_102_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, para inclusão e suplementação de rubrica orçamentária de Diárias, na Ação 2284, da Secretaria Municipal de Educação, Esporte e Lazer.</t>
+  </si>
+  <si>
+    <t>13340</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13340/36_-_of._99-26_-_p.d._4101_educacao_excesso_especial_loa_construcao_creche_tipo_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Excesso de Arrecadação, para inclusão e suplementação de rubricas orçamentárias na Ação 1100, para Construção de Creche Tipo 1 no Município da Lapa-Pr., conforme Termo de Compromisso nº 958321/2024/FNDE/CAIXA.</t>
+  </si>
+  <si>
+    <t>13344</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13344/37_-_of._100-26_-_p.d._3905_fumip_especial_anulacao_vinculo_507.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de Crédito Adicional Especial, por Anulação de Dotação, para inclusão da rubrica orçamentária, para pagamento das Contribuições Patronais dos Funcionários Estatutários lotados na COSIP - Contribuição de Iluminação Pública.</t>
+  </si>
+  <si>
+    <t>13348</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13348/38_-_of._104-26_-_pd_5038-2026_-_alteracao_de_cargos_-_lei_4337-25_-_estrutura_administrativa.pdf</t>
+  </si>
+  <si>
+    <t>Extingue, cria e altera cargos de provimentos em comissão, constantes no anexo I e II da Lei nº 4337/2025, que dispõe sobre a estrutura administrativa do Executivo Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>13256</t>
+  </si>
+  <si>
+    <t>PELOA</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>Vários Vereadores, ACYR DO SINDICATO, ARTHUR VIDAL, BRUNO BUX, CAMILA SCHEFER PIERIN, FABIANO CORDEIRO, MARCOS LECH, MÁRIO PADILHA, PAULO MASSA</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13256/protocolo_geral_260_2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação dos parágrafos 1º e 3º do artigo 30 da Lei Orgânica Municipal.</t>
+  </si>
+  <si>
+    <t>13257</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13257/protocolo_geral_259_2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera os artigos 28 e 29 do Regimento Interno do Poder Legislativo da Lapa.</t>
+  </si>
+  <si>
+    <t>13338</t>
+  </si>
+  <si>
+    <t>ME - Mesa Executiva</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13338/projeto_de_resolucao_02_2026.pdf</t>
+  </si>
+  <si>
+    <t>Inclui o § 7º no artigo 15 da Resolução nº 83, de 13 de maio de 2015, que fixa as normas para a verificação dos critérios de Avaliação do Estágio Probatório e Avaliação de Desempenho dos servidores estáveis.</t>
+  </si>
+  <si>
+    <t>13374</t>
+  </si>
+  <si>
+    <t>Vários Vereadores</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13374/protocolo_geral_564_2026.pdf</t>
+  </si>
+  <si>
+    <t>Inclui o inciso XII ao artigo 48, altera os artigos 28 e 29 do Regimento Interno do Poder Legislativo da Lapa.</t>
+  </si>
+  <si>
+    <t>13233</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>MÁRIO PADILHA</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13233/protocolo_140__2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, para que seja visto a possibilidade em fazer algumas melhorias na quadra do módulo esportivo Moacir Gonsalves.</t>
+  </si>
+  <si>
+    <t>13242</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13242/protocolo_181_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, informações sobre a Biblioteca Pública Municipal.</t>
+  </si>
+  <si>
+    <t>13285</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13285/projeto_de_lei_n314_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, para que seja visto a possibilidade de confecção de uma lombada na Avenida Getúlio Vargas, em frente ao número 742.</t>
+  </si>
+  <si>
+    <t>13292</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13292/protocolo_geral_337_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria de Obras que seja construída uma travessia elevada em frente ao Módulo Esportivo.</t>
+  </si>
+  <si>
+    <t>13293</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13293/protocolo_geral_338_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a Secretaria de Obras, que sejam construídas lombadas em pontos estratégicos da Rua Gustavo Kuss.</t>
+  </si>
+  <si>
+    <t>13294</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13294/protocolo_geral_339_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria de Obras que seja realizada a substituição de placas de identificação com os nomes das ruas da Vila São José II, no Bairro Dom Pedro II.</t>
+  </si>
+  <si>
+    <t>13295</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13295/protocolo_geral_340_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria de Obras solicitando informações sobre a construção de sistema de abastecimento de água na comunidade do Mato Preto Paiol.</t>
+  </si>
+  <si>
+    <t>13296</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13296/protocolo_geral_341_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria de Obras, a realização de estudo técnico visando a implantação de lombada ou travessia elevada na Rua Heráclides de Almeida.</t>
+  </si>
+  <si>
+    <t>13312</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13312/protocolo_geral_419_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal que seja assegurada e efetivamente implementada, no âmbito do Município da Lapa a Lei Estadual 22693 de 13/10/2025.</t>
+  </si>
+  <si>
+    <t>13313</t>
+  </si>
+  <si>
+    <t>ACYR DO SINDICATO</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13313/protocolo_geral_429_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, que seja realizado estudo de viabilidade para o credenciamento de uma clínica médica e psicológica apta à realização de exames e renovação da CNH no Município da Lapa.</t>
+  </si>
+  <si>
+    <t>13327</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13327/protocolo_geral_441_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal que seja realizado estudo técnico e instalação de um redutor de velocidade na Rua Joacir Campanholo no bairro Dom Pedro II.</t>
+  </si>
+  <si>
+    <t>13326</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13326/protocolo_geral_442_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Municipal, por meio da Secretaria de Educação que encaminhe a esta Casa de Leis informações referentes ao pagamento das licenças dos profissionais da educação, especificando critérios adotados, prazos e eventuais pendências.</t>
+  </si>
+  <si>
+    <t>13325</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13325/protocolo_geral_452_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Municipal que preste informações relativas a aplicação da Lei Complementar nº 226/2026.</t>
+  </si>
+  <si>
+    <t>13324</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13324/protocolo_geral_453_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Municipal que preste informações acerca do corte do adicional de insalubridade dos servidores da área da saúde.</t>
+  </si>
+  <si>
+    <t>13335</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13335/protocolo_geral_455_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Municipal que sejam construídas lombadas em pontos estratégicos da Rua André Hamerschmidt, em Mariental.</t>
+  </si>
+  <si>
+    <t>13334</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13334/protocolo_geral_456_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Municipal, solicitando informações acerca da situação da Rua José Ferreira Amaral e Silva, na Vila São José.</t>
+  </si>
+  <si>
+    <t>13347</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13347/protocolo_geral_530_2026_.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao DER, realização de estudo técnico visando melhorias na interseção da PR-427 com a Rua Joaquim Linhares de Lacerda e a Rua Acre.</t>
+  </si>
+  <si>
+    <t>13349</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13349/protocolo_geral_531_2026_.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo, que seja realizado estudo técnico para avaliar a possibilidade de adequações e intervenções nas estruturas das galerias de águas pluviais localizadas na Rua Trajano Elhke Pires.</t>
+  </si>
+  <si>
+    <t>13358</t>
+  </si>
+  <si>
+    <t>VILMAR FÁVARO PURGA</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13358/protocolo_geral_546_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, informações oficiais sobre o andamento do requerimento verbal deste Vereador, apresentando na Sessão do dia 10 de junho de 2025, para instalação de ponto de ônibus escolar na comunidade do Rio da Várzea, localidade do Cerro.</t>
+  </si>
+  <si>
+    <t>13357</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13357/protocolo_geral_547_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, informações oficiais sobre o andamento do requerimento nº 32/2024 deste Vereador, para a construção da praça da bíblia.</t>
+  </si>
+  <si>
+    <t>13356</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13356/protocolo_geral_548_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, informações oficiais sobre o andamento do requerimento nº 43/2025 deste Vereador, para a construção de rampa de acesso na entrada principal do cemitério municipal da Lapa.</t>
+  </si>
+  <si>
+    <t>13355</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13355/protocolo_geral_549_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, a construção de uma Praça na Rua Eráclides de Almeida, Conjunto Primavera, em frente a residência nº 41.</t>
+  </si>
+  <si>
+    <t>13359</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13359/protocolo_geral_550_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, informações acerca do Concurso Público nº 01/2024.</t>
+  </si>
+  <si>
+    <t>13360</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13360/protocolo_geral_551_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, informações acerca da arrecadação e utilização das taxas de visitação dos museus municipais.</t>
+  </si>
+  <si>
+    <t>13361</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13361/protocolo_geral_552_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, que preste esclarecimentos acerca da denúncia recebida sobre a manutenção e limpeza do acervo do Museu de Armas do município.</t>
+  </si>
+  <si>
+    <t>13368</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13368/protocolo_geral_559_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal que seja realizado estudo técnico para melhoria do fluxo de veículos na Rua Demétrio Bortoletto.</t>
+  </si>
+  <si>
+    <t>13369</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13369/protocolo_geral_560_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal que seja realizada a instalação de luminárias em todos os postes da rua sem denominação, localizada as margens da BR-476, próximo a Capela Nossa Senhora de Fátima, Bairro Estação.</t>
+  </si>
+  <si>
+    <t>13370</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13370/protocolo_geral_561_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal, informações sobre como está organizada atualmente a coleta de lixo nas comunidades rurais do município.</t>
+  </si>
+  <si>
+    <t>13378</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13378/protocolo_geral_618_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Sanepar, que informe a previsão para o envio dos materiais necessários para a continuidade das obras de implantação do sistema de abastecimento de água na comunidade do Veadeiro.</t>
+  </si>
+  <si>
+    <t>13379</t>
+  </si>
+  <si>
+    <t>http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13379/protocolo_geral_619_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Executivo Municipal que informe a previsão de pavimentação da estrada principal da Comunidade do Veadeiro.</t>
+  </si>
+  <si>
+    <t>13304</t>
+  </si>
+  <si>
+    <t>REQV</t>
+  </si>
+  <si>
+    <t>Requerimento Verbal</t>
+  </si>
+  <si>
+    <t>Voto de Profundo Pesar, pelo falecimento do ex-Prefeito Joacir Gonsalves, ocorrido em 25/12/2025, e que da decisão desta Casa seja dado ciência aos familiares através da esposa Izabel Gonsalves.</t>
+  </si>
+  <si>
+    <t>13305</t>
+  </si>
+  <si>
+    <t>Voto de Profundo Pesar, pelo falecimento da senhora Enez Scheifer Bill, ocorrido em 24/02/2026, e que da decisão desta Casa seja dado ciência aos familiares na pessoa do seu filho, José Maria Scheifer Bill.</t>
+  </si>
+  <si>
+    <t>13336</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo Municipal a substituição da academia ao ar livre, localizada no final da Avenida Gabriel Maristany Júnior, no Bairro Barcelona, a pedido dos moradores.</t>
+  </si>
+  <si>
+    <t>13337</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo Municipal, melhorias no final da Avenida Manoel Pedro, a pedido dos moradores.</t>
+  </si>
+  <si>
+    <t>13371</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo Municipal, informações referentes ao manuseio dos restos mortais nos cemitérios municipais, se recentemente houve algum problema, pra onde estão sendo destinados esses restos mortais e se há segurança nesse manuseio.</t>
+  </si>
+  <si>
+    <t>13372</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo Municipal, informações referentes ao reajuste de 5,8% para o Magistério Municipal, onde entende-se que os Educadores Infantis estariam incluídos, mas não tiveram esse pagamento, sendo que na redação da Lei aprovada, dizia que era para o Magistério Municipal e o retroativo de acordo com a Lei.</t>
+  </si>
+  <si>
+    <t>13373</t>
+  </si>
+  <si>
+    <t>Voto de Profundo Pesar pelo falecimento do senhor Manoel Pedro de Lima (conhecido como Neco Bodega), ocorrido em um trágico acidente na BR-476, no último domingo 08/03/2026, e que da decisão desta Casa seja dado ciência a esposa Maria de Lourdes Fernandes de Lima e a filha Alexa Fernandes de Lima.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -477,69 +1972,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13212/protocolo_37_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13213/protocolo_38_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13214/protocolo_39_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13216/protocolo_51_2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13215/projeto_de_lei_01_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13217/projeto_de_lei_02_2025_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13218/projeto_de_lei_03_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13314/ata_audiencia_publica_3o_q._2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13342/ata_24.02.2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13230/ata_15.01.2026_-_extra.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13259/ata_05.02.2026_-_extra.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13260/ata_10.02.2026_-_extra.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13271/protocolo_geral_287_2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13272/protocolo_geral_292_2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13290/protocolo_geral_320_2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13306/protocolo_geral_359_2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13308/protocolo_geral_408_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13212/protocolo_37_2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13213/protocolo_38_2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13214/protocolo_39_2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13216/protocolo_51_2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13229/protocolo_87_2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13232/protocolo_120_2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13237/protocolo_165_2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13241/protocolo_180_2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13249/protocolo_geral_201_2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13258/protocolo_geral_253_2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13261/protocolo_geral_266_2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13262/protocolo_geral_269_2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13263/protocolo_geral_270_2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13270/protocolo_geral_282_2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13269/protocolo_geral_283_2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13268/protocolo_geral_284_2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13267/protocolo_geral_285_2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13297/protocolo_geral_342_2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13298/protocolo_geral_343_2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13299/protocolo_geral_344_2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13300/protocolo_geral_345_2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13301/protocolo_geral_346_2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13302/protocolo_geral_347_2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13303/protocolo_geral_348_2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13311/protocolo_geral_421_2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13323/protocolo_geral_443_2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13322/protocolo_geral_444_2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13321/protocolo_geral_445_2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13320/protocolo_geral_446_2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13319/protocolo_geral_447_2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13318/protocolo_geral_448_2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13317/protocolo_geral_449_2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13316/protocolo_geral_450_2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13315/protocolo_geral_451_2026.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13333/protocolo_geral_457_2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13332/protocolo_geral_458_2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13331/protocolo_geral_459_2026.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13330/protocolo_geral_460_2026.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13329/protocolo_geral_461_2026.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13328/protocolo_geral_462_2026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13339/protocolo_geral_482_2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13345/protocolo_geral_522_2026.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13346/protocolo_geral_529_2026_.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13351/protocolo_geral_542_2026.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13352/protocolo_geral_543_2026.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13353/protocolo_geral_544_2026.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13354/protocolo_geral_545_2026.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13362/protocolo_geral_553_2026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13363/protocolo_geral_554_2026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13364/protocolo_geral_555_2026.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13365/protocolo_geral_556_2026.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13366/protocolo_geral_557_2026.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13367/protocolo_geral_558_2026.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13376/protocolo_geral_606_2026.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13375/protocolo_geral_607_2026.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13380/protocolo_geral_620_2026.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13215/projeto_de_lei_01_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13217/projeto_de_lei_02_2025_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13218/projeto_de_lei_03_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13225/projeto_de_lei_04_2026.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13226/projeto_de_lei_5_2026.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13227/06._-_of._13-26_-_pd_424-2026_-_inclusao_na_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13234/07_-_of._22_-_pd_1228-2026_-_inclusao_ldo_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13235/08_-_of._23-26_-_pd_1228-2026_inclusao_na_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13236/09_-_of._24-2026_-_pd_1228-2026_-_inclusao_no_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13238/10_-_adm_-_ppa_4455-25_-_p.d._1108__excesso_especial_ppa_subsidio_tarifa_pedagio.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13239/11_-_adm_-_ldo_4427-25_-_p.d._1108_administracao_exc._especial__subsidio_tarifa_pedagio.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13240/12_-_of._36-25_-_adm_-_loa_-_p.d._1108_excesso_especial_subsidio_tarifa_pedagio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13243/13_-_of._44-26_-_pd_1484-2026_-_adm_cosip_-_ppa_l_4455-25_-_superavit.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13244/14_-_of._45-26_-_p.d._1484_-_adm_-cosip_-_ldo_4427-25-__superavit.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13245/15_-_of._46-25_-_p.d._1484-26_-_adm_-_cosip_loa___superavit.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13248/16_-_of._51-26_-_pd_2017-2026_-_reajuste_salarial_2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13250/projeto_de_lei_17_2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13266/18_-_of._64-26_-_pd_9168-2024_-_fundo_municipal_de_saneamento_basico_e_ambiental.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13274/19_-_of._68-26_-_p.d._1023_3381_social_especial_superavit_vinculo_935_1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13275/20_-_of._69-26_-_p.d._1643_saude_especial_excesso_vinculo_494.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13276/21_-_of._70-26_-_p.d._2714_lapa_previ_anulacao_vinculos_040.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13277/22_-_of._71-26_-_p.d._3495_agropecuaria_suplementar_excesso_parque_ambiental_vinculo_194.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13279/23_-_of._72-25_-_p.d._22_obras_suplementar_operacao_de_credito_cef_e_bb.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13280/24_-_of._73-26_-_p.d._22-2026_obras_suplementar_operacao_de_credito_cef_e_bb.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13281/25_-_of._74-25_-_p.d._22_obras_-_ppa_construcao_capela_mortuaria_faxinal_dos_correias.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13282/26_-_of._75-26_-_pd_22-26_-_obras_ldo_4427-25-_const._cap._mortuaria_faxinal_dos_correias.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13283/27_-_of._76-26_-_pd_22_obras_loa_construcao_capela_mortuaria_faxinal_dos_correias.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13284/28_-_of._77-26_-_pd_22_obras_exc_esp_contrap._loa_const._cap._mort._faxinal.correias_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13287/29_-_of._78-26_-_pd_79-2026_-_ppa_fomento_regional_pl__conf._lei_n_4337_e_decreto_n_28662.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13288/30_-_of._79-26_-_pd_79-2026_-_ldo_4427-25_-_fomento_regional.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13289/31_-_of._83-26_-_pd_79-2026_-_loa_-fomento_regional_-criacao_da_secretaria.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13307/32_-_of._86-26_-_pd_26538-2025_-_criacao_de_vagas-_1773-04_-_cargo_de_educador_infantil.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13309/33_-_of._87-26_-_p.d._2709_obras_suplementar_superavit_itaipu_vinculo_728.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13310/34_-_of._88-26_-_p.d._28160-25_obras_suplem_exc_termo_de_acordo_extrajudicial_cotrans.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13341/35_-_of._98-26_-_p.d._4905_educacao_excesso_especial_loa__vinculo_102_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13340/36_-_of._99-26_-_p.d._4101_educacao_excesso_especial_loa_construcao_creche_tipo_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13344/37_-_of._100-26_-_p.d._3905_fumip_especial_anulacao_vinculo_507.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13348/38_-_of._104-26_-_pd_5038-2026_-_alteracao_de_cargos_-_lei_4337-25_-_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13256/protocolo_geral_260_2026.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13257/protocolo_geral_259_2026.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13338/projeto_de_resolucao_02_2026.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13374/protocolo_geral_564_2026.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13233/protocolo_140__2026.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13242/protocolo_181_2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13285/projeto_de_lei_n314_2026.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13292/protocolo_geral_337_2026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13293/protocolo_geral_338_2026.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13294/protocolo_geral_339_2026.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13295/protocolo_geral_340_2026.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13296/protocolo_geral_341_2026.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13312/protocolo_geral_419_2026.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13313/protocolo_geral_429_2026.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13327/protocolo_geral_441_2026.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13326/protocolo_geral_442_2026.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13325/protocolo_geral_452_2026.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13324/protocolo_geral_453_2026.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13335/protocolo_geral_455_2026.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13334/protocolo_geral_456_2026.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13347/protocolo_geral_530_2026_.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13349/protocolo_geral_531_2026_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13358/protocolo_geral_546_2026.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13357/protocolo_geral_547_2026.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13356/protocolo_geral_548_2026.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13355/protocolo_geral_549_2026.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13359/protocolo_geral_550_2026.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13360/protocolo_geral_551_2026.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13361/protocolo_geral_552_2026.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13368/protocolo_geral_559_2026.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13369/protocolo_geral_560_2026.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13370/protocolo_geral_561_2026.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13378/protocolo_geral_618_2026.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/sapl/public/materialegislativa/2026/13379/protocolo_geral_619_2026.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lapa.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="22.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="193.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="144.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="158.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -561,204 +2056,3984 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H11" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H12" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>62</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>63</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E14" t="s">
+        <v>68</v>
+      </c>
+      <c r="F14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H14" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
+        <v>69</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H15" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>54</v>
+      </c>
+      <c r="D16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H16" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>67</v>
+      </c>
+      <c r="E17" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" t="s">
+        <v>69</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H17" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>63</v>
+      </c>
+      <c r="D18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" t="s">
+        <v>68</v>
+      </c>
+      <c r="F18" t="s">
+        <v>69</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H18" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" t="s">
+        <v>69</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H19" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>89</v>
+      </c>
+      <c r="D20" t="s">
+        <v>67</v>
+      </c>
+      <c r="E20" t="s">
+        <v>68</v>
+      </c>
+      <c r="F20" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H20" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" t="s">
+        <v>68</v>
+      </c>
+      <c r="F21" t="s">
+        <v>69</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H21" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>96</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" t="s">
+        <v>68</v>
+      </c>
+      <c r="F22" t="s">
+        <v>69</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H22" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>100</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>101</v>
+      </c>
+      <c r="D23" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" t="s">
+        <v>69</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H23" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>104</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" t="s">
+        <v>67</v>
+      </c>
+      <c r="E24" t="s">
+        <v>68</v>
+      </c>
+      <c r="F24" t="s">
+        <v>69</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H24" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>108</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" t="s">
+        <v>67</v>
+      </c>
+      <c r="E25" t="s">
+        <v>68</v>
+      </c>
+      <c r="F25" t="s">
+        <v>69</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H25" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" t="s">
+        <v>67</v>
+      </c>
+      <c r="E26" t="s">
+        <v>68</v>
+      </c>
+      <c r="F26" t="s">
+        <v>69</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H26" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>116</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" t="s">
+        <v>67</v>
+      </c>
+      <c r="E27" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" t="s">
+        <v>46</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H27" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>120</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>121</v>
+      </c>
+      <c r="D28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E28" t="s">
+        <v>68</v>
+      </c>
+      <c r="F28" t="s">
+        <v>46</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H28" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>124</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" t="s">
+        <v>67</v>
+      </c>
+      <c r="E29" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" t="s">
+        <v>46</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H29" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>128</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>129</v>
+      </c>
+      <c r="D30" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" t="s">
+        <v>68</v>
+      </c>
+      <c r="F30" t="s">
+        <v>46</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H30" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>132</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>133</v>
+      </c>
+      <c r="D31" t="s">
+        <v>67</v>
+      </c>
+      <c r="E31" t="s">
+        <v>68</v>
+      </c>
+      <c r="F31" t="s">
+        <v>55</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H31" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>136</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>137</v>
+      </c>
+      <c r="D32" t="s">
+        <v>67</v>
+      </c>
+      <c r="E32" t="s">
+        <v>68</v>
+      </c>
+      <c r="F32" t="s">
+        <v>55</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H32" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>140</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>141</v>
+      </c>
+      <c r="D33" t="s">
+        <v>67</v>
+      </c>
+      <c r="E33" t="s">
+        <v>68</v>
+      </c>
+      <c r="F33" t="s">
+        <v>55</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H33" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>144</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>145</v>
+      </c>
+      <c r="D34" t="s">
+        <v>67</v>
+      </c>
+      <c r="E34" t="s">
+        <v>68</v>
+      </c>
+      <c r="F34" t="s">
+        <v>55</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H34" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>148</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>149</v>
+      </c>
+      <c r="D35" t="s">
+        <v>67</v>
+      </c>
+      <c r="E35" t="s">
+        <v>68</v>
+      </c>
+      <c r="F35" t="s">
+        <v>55</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H35" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>152</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>153</v>
+      </c>
+      <c r="D36" t="s">
+        <v>67</v>
+      </c>
+      <c r="E36" t="s">
+        <v>68</v>
+      </c>
+      <c r="F36" t="s">
+        <v>55</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H36" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>156</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>157</v>
+      </c>
+      <c r="D37" t="s">
+        <v>67</v>
+      </c>
+      <c r="E37" t="s">
+        <v>68</v>
+      </c>
+      <c r="F37" t="s">
+        <v>46</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H37" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>160</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>161</v>
+      </c>
+      <c r="D38" t="s">
+        <v>67</v>
+      </c>
+      <c r="E38" t="s">
+        <v>68</v>
+      </c>
+      <c r="F38" t="s">
+        <v>46</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H38" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>164</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>165</v>
+      </c>
+      <c r="D39" t="s">
+        <v>67</v>
+      </c>
+      <c r="E39" t="s">
+        <v>68</v>
+      </c>
+      <c r="F39" t="s">
+        <v>166</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H39" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>169</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>170</v>
+      </c>
+      <c r="D40" t="s">
+        <v>67</v>
+      </c>
+      <c r="E40" t="s">
+        <v>68</v>
+      </c>
+      <c r="F40" t="s">
+        <v>166</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H40" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>173</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>174</v>
+      </c>
+      <c r="D41" t="s">
+        <v>67</v>
+      </c>
+      <c r="E41" t="s">
+        <v>68</v>
+      </c>
+      <c r="F41" t="s">
+        <v>166</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H41" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>177</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>178</v>
+      </c>
+      <c r="D42" t="s">
+        <v>67</v>
+      </c>
+      <c r="E42" t="s">
+        <v>68</v>
+      </c>
+      <c r="F42" t="s">
+        <v>166</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H42" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>181</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>182</v>
+      </c>
+      <c r="D43" t="s">
+        <v>67</v>
+      </c>
+      <c r="E43" t="s">
+        <v>68</v>
+      </c>
+      <c r="F43" t="s">
+        <v>166</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H43" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>185</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>186</v>
+      </c>
+      <c r="D44" t="s">
+        <v>67</v>
+      </c>
+      <c r="E44" t="s">
+        <v>68</v>
+      </c>
+      <c r="F44" t="s">
+        <v>166</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H44" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>189</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>190</v>
+      </c>
+      <c r="D45" t="s">
+        <v>67</v>
+      </c>
+      <c r="E45" t="s">
+        <v>68</v>
+      </c>
+      <c r="F45" t="s">
+        <v>166</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H45" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>193</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>194</v>
+      </c>
+      <c r="D46" t="s">
+        <v>67</v>
+      </c>
+      <c r="E46" t="s">
+        <v>68</v>
+      </c>
+      <c r="F46" t="s">
+        <v>166</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H46" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>197</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>198</v>
+      </c>
+      <c r="D47" t="s">
+        <v>67</v>
+      </c>
+      <c r="E47" t="s">
+        <v>68</v>
+      </c>
+      <c r="F47" t="s">
+        <v>166</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H47" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>201</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>202</v>
+      </c>
+      <c r="D48" t="s">
+        <v>67</v>
+      </c>
+      <c r="E48" t="s">
+        <v>68</v>
+      </c>
+      <c r="F48" t="s">
+        <v>55</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H48" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>205</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>206</v>
+      </c>
+      <c r="D49" t="s">
+        <v>67</v>
+      </c>
+      <c r="E49" t="s">
+        <v>68</v>
+      </c>
+      <c r="F49" t="s">
+        <v>55</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H49" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>209</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>210</v>
+      </c>
+      <c r="D50" t="s">
+        <v>67</v>
+      </c>
+      <c r="E50" t="s">
+        <v>68</v>
+      </c>
+      <c r="F50" t="s">
+        <v>55</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H50" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>213</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>214</v>
+      </c>
+      <c r="D51" t="s">
+        <v>67</v>
+      </c>
+      <c r="E51" t="s">
+        <v>68</v>
+      </c>
+      <c r="F51" t="s">
+        <v>55</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H51" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>217</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>218</v>
+      </c>
+      <c r="D52" t="s">
+        <v>67</v>
+      </c>
+      <c r="E52" t="s">
+        <v>68</v>
+      </c>
+      <c r="F52" t="s">
+        <v>55</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H52" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>221</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>222</v>
+      </c>
+      <c r="D53" t="s">
+        <v>67</v>
+      </c>
+      <c r="E53" t="s">
+        <v>68</v>
+      </c>
+      <c r="F53" t="s">
+        <v>55</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H53" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>225</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>226</v>
+      </c>
+      <c r="D54" t="s">
+        <v>67</v>
+      </c>
+      <c r="E54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F54" t="s">
+        <v>55</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H54" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>229</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>230</v>
+      </c>
+      <c r="D55" t="s">
+        <v>67</v>
+      </c>
+      <c r="E55" t="s">
+        <v>68</v>
+      </c>
+      <c r="F55" t="s">
+        <v>46</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H55" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>233</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>234</v>
+      </c>
+      <c r="D56" t="s">
+        <v>67</v>
+      </c>
+      <c r="E56" t="s">
+        <v>68</v>
+      </c>
+      <c r="F56" t="s">
+        <v>55</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H56" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>237</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>238</v>
+      </c>
+      <c r="D57" t="s">
+        <v>67</v>
+      </c>
+      <c r="E57" t="s">
+        <v>68</v>
+      </c>
+      <c r="F57" t="s">
+        <v>69</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H57" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>241</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>242</v>
+      </c>
+      <c r="D58" t="s">
+        <v>67</v>
+      </c>
+      <c r="E58" t="s">
+        <v>68</v>
+      </c>
+      <c r="F58" t="s">
+        <v>69</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H58" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>245</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>246</v>
+      </c>
+      <c r="D59" t="s">
+        <v>67</v>
+      </c>
+      <c r="E59" t="s">
+        <v>68</v>
+      </c>
+      <c r="F59" t="s">
+        <v>69</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H59" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>249</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>250</v>
+      </c>
+      <c r="D60" t="s">
+        <v>67</v>
+      </c>
+      <c r="E60" t="s">
+        <v>68</v>
+      </c>
+      <c r="F60" t="s">
+        <v>69</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H60" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>253</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>254</v>
+      </c>
+      <c r="D61" t="s">
+        <v>67</v>
+      </c>
+      <c r="E61" t="s">
+        <v>68</v>
+      </c>
+      <c r="F61" t="s">
+        <v>166</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H61" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>257</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>258</v>
+      </c>
+      <c r="D62" t="s">
+        <v>67</v>
+      </c>
+      <c r="E62" t="s">
+        <v>68</v>
+      </c>
+      <c r="F62" t="s">
+        <v>166</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H62" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>261</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>262</v>
+      </c>
+      <c r="D63" t="s">
+        <v>67</v>
+      </c>
+      <c r="E63" t="s">
+        <v>68</v>
+      </c>
+      <c r="F63" t="s">
+        <v>166</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H63" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>265</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>266</v>
+      </c>
+      <c r="D64" t="s">
+        <v>67</v>
+      </c>
+      <c r="E64" t="s">
+        <v>68</v>
+      </c>
+      <c r="F64" t="s">
+        <v>166</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H64" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>269</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>270</v>
+      </c>
+      <c r="D65" t="s">
+        <v>67</v>
+      </c>
+      <c r="E65" t="s">
+        <v>68</v>
+      </c>
+      <c r="F65" t="s">
+        <v>55</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H65" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>273</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>274</v>
+      </c>
+      <c r="D66" t="s">
+        <v>67</v>
+      </c>
+      <c r="E66" t="s">
+        <v>68</v>
+      </c>
+      <c r="F66" t="s">
+        <v>55</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H66" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>277</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>278</v>
+      </c>
+      <c r="D67" t="s">
+        <v>67</v>
+      </c>
+      <c r="E67" t="s">
+        <v>68</v>
+      </c>
+      <c r="F67" t="s">
+        <v>55</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H67" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>281</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>282</v>
+      </c>
+      <c r="D68" t="s">
+        <v>67</v>
+      </c>
+      <c r="E68" t="s">
+        <v>68</v>
+      </c>
+      <c r="F68" t="s">
+        <v>55</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H68" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>285</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>286</v>
+      </c>
+      <c r="D69" t="s">
+        <v>67</v>
+      </c>
+      <c r="E69" t="s">
+        <v>68</v>
+      </c>
+      <c r="F69" t="s">
+        <v>55</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H69" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>289</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>10</v>
+      </c>
+      <c r="D70" t="s">
+        <v>290</v>
+      </c>
+      <c r="E70" t="s">
+        <v>291</v>
+      </c>
+      <c r="F70" t="s">
+        <v>292</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H70" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>295</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>50</v>
+      </c>
+      <c r="D71" t="s">
+        <v>290</v>
+      </c>
+      <c r="E71" t="s">
+        <v>291</v>
+      </c>
+      <c r="F71" t="s">
+        <v>292</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H71" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>298</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>54</v>
+      </c>
+      <c r="D72" t="s">
+        <v>290</v>
+      </c>
+      <c r="E72" t="s">
+        <v>291</v>
+      </c>
+      <c r="F72" t="s">
+        <v>292</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H72" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>301</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>59</v>
+      </c>
+      <c r="D73" t="s">
+        <v>290</v>
+      </c>
+      <c r="E73" t="s">
+        <v>291</v>
+      </c>
+      <c r="F73" t="s">
+        <v>292</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H73" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>304</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>63</v>
+      </c>
+      <c r="D74" t="s">
+        <v>290</v>
+      </c>
+      <c r="E74" t="s">
+        <v>291</v>
+      </c>
+      <c r="F74" t="s">
+        <v>292</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H74" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>307</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>85</v>
+      </c>
+      <c r="D75" t="s">
+        <v>290</v>
+      </c>
+      <c r="E75" t="s">
+        <v>291</v>
+      </c>
+      <c r="F75" t="s">
+        <v>292</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H75" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>310</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>89</v>
+      </c>
+      <c r="D76" t="s">
+        <v>290</v>
+      </c>
+      <c r="E76" t="s">
+        <v>291</v>
+      </c>
+      <c r="F76" t="s">
+        <v>292</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H76" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>313</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>93</v>
+      </c>
+      <c r="D77" t="s">
+        <v>290</v>
+      </c>
+      <c r="E77" t="s">
+        <v>291</v>
+      </c>
+      <c r="F77" t="s">
+        <v>292</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H77" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>316</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>97</v>
+      </c>
+      <c r="D78" t="s">
+        <v>290</v>
+      </c>
+      <c r="E78" t="s">
+        <v>291</v>
+      </c>
+      <c r="F78" t="s">
+        <v>292</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H78" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>319</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>101</v>
+      </c>
+      <c r="D79" t="s">
+        <v>290</v>
+      </c>
+      <c r="E79" t="s">
+        <v>291</v>
+      </c>
+      <c r="F79" t="s">
+        <v>292</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H79" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>322</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>105</v>
+      </c>
+      <c r="D80" t="s">
+        <v>290</v>
+      </c>
+      <c r="E80" t="s">
+        <v>291</v>
+      </c>
+      <c r="F80" t="s">
+        <v>292</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H80" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>325</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>109</v>
+      </c>
+      <c r="D81" t="s">
+        <v>290</v>
+      </c>
+      <c r="E81" t="s">
+        <v>291</v>
+      </c>
+      <c r="F81" t="s">
+        <v>292</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H81" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>328</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>113</v>
+      </c>
+      <c r="D82" t="s">
+        <v>290</v>
+      </c>
+      <c r="E82" t="s">
+        <v>291</v>
+      </c>
+      <c r="F82" t="s">
+        <v>292</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H82" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>331</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>117</v>
+      </c>
+      <c r="D83" t="s">
+        <v>290</v>
+      </c>
+      <c r="E83" t="s">
+        <v>291</v>
+      </c>
+      <c r="F83" t="s">
+        <v>292</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H83" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>334</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>121</v>
+      </c>
+      <c r="D84" t="s">
+        <v>290</v>
+      </c>
+      <c r="E84" t="s">
+        <v>291</v>
+      </c>
+      <c r="F84" t="s">
+        <v>292</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H84" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>337</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>125</v>
+      </c>
+      <c r="D85" t="s">
+        <v>290</v>
+      </c>
+      <c r="E85" t="s">
+        <v>291</v>
+      </c>
+      <c r="F85" t="s">
+        <v>292</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H85" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>340</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>129</v>
+      </c>
+      <c r="D86" t="s">
+        <v>290</v>
+      </c>
+      <c r="E86" t="s">
+        <v>291</v>
+      </c>
+      <c r="F86" t="s">
+        <v>292</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H86" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>343</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>133</v>
+      </c>
+      <c r="D87" t="s">
+        <v>290</v>
+      </c>
+      <c r="E87" t="s">
+        <v>291</v>
+      </c>
+      <c r="F87" t="s">
+        <v>292</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H87" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>346</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>137</v>
+      </c>
+      <c r="D88" t="s">
+        <v>290</v>
+      </c>
+      <c r="E88" t="s">
+        <v>291</v>
+      </c>
+      <c r="F88" t="s">
+        <v>292</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="H88" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>349</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>141</v>
+      </c>
+      <c r="D89" t="s">
+        <v>290</v>
+      </c>
+      <c r="E89" t="s">
+        <v>291</v>
+      </c>
+      <c r="F89" t="s">
+        <v>292</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H89" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>352</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>145</v>
+      </c>
+      <c r="D90" t="s">
+        <v>290</v>
+      </c>
+      <c r="E90" t="s">
+        <v>291</v>
+      </c>
+      <c r="F90" t="s">
+        <v>292</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="H90" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>355</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>149</v>
+      </c>
+      <c r="D91" t="s">
+        <v>290</v>
+      </c>
+      <c r="E91" t="s">
+        <v>291</v>
+      </c>
+      <c r="F91" t="s">
+        <v>292</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H91" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>358</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>153</v>
+      </c>
+      <c r="D92" t="s">
+        <v>290</v>
+      </c>
+      <c r="E92" t="s">
+        <v>291</v>
+      </c>
+      <c r="F92" t="s">
+        <v>292</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H92" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>361</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>157</v>
+      </c>
+      <c r="D93" t="s">
+        <v>290</v>
+      </c>
+      <c r="E93" t="s">
+        <v>291</v>
+      </c>
+      <c r="F93" t="s">
+        <v>292</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="H93" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>364</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>161</v>
+      </c>
+      <c r="D94" t="s">
+        <v>290</v>
+      </c>
+      <c r="E94" t="s">
+        <v>291</v>
+      </c>
+      <c r="F94" t="s">
+        <v>292</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H94" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>367</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>165</v>
+      </c>
+      <c r="D95" t="s">
+        <v>290</v>
+      </c>
+      <c r="E95" t="s">
+        <v>291</v>
+      </c>
+      <c r="F95" t="s">
+        <v>292</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H95" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>370</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>170</v>
+      </c>
+      <c r="D96" t="s">
+        <v>290</v>
+      </c>
+      <c r="E96" t="s">
+        <v>291</v>
+      </c>
+      <c r="F96" t="s">
+        <v>292</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H96" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>373</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>174</v>
+      </c>
+      <c r="D97" t="s">
+        <v>290</v>
+      </c>
+      <c r="E97" t="s">
+        <v>291</v>
+      </c>
+      <c r="F97" t="s">
+        <v>292</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H97" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>376</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>178</v>
+      </c>
+      <c r="D98" t="s">
+        <v>290</v>
+      </c>
+      <c r="E98" t="s">
+        <v>291</v>
+      </c>
+      <c r="F98" t="s">
+        <v>292</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H98" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>379</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>182</v>
+      </c>
+      <c r="D99" t="s">
+        <v>290</v>
+      </c>
+      <c r="E99" t="s">
+        <v>291</v>
+      </c>
+      <c r="F99" t="s">
+        <v>292</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H99" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>382</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>186</v>
+      </c>
+      <c r="D100" t="s">
+        <v>290</v>
+      </c>
+      <c r="E100" t="s">
+        <v>291</v>
+      </c>
+      <c r="F100" t="s">
+        <v>292</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H100" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>385</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>190</v>
+      </c>
+      <c r="D101" t="s">
+        <v>290</v>
+      </c>
+      <c r="E101" t="s">
+        <v>291</v>
+      </c>
+      <c r="F101" t="s">
+        <v>292</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H101" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>388</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>194</v>
+      </c>
+      <c r="D102" t="s">
+        <v>290</v>
+      </c>
+      <c r="E102" t="s">
+        <v>291</v>
+      </c>
+      <c r="F102" t="s">
+        <v>292</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H102" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>391</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>198</v>
+      </c>
+      <c r="D103" t="s">
+        <v>290</v>
+      </c>
+      <c r="E103" t="s">
+        <v>291</v>
+      </c>
+      <c r="F103" t="s">
+        <v>292</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="H103" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>394</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>202</v>
+      </c>
+      <c r="D104" t="s">
+        <v>290</v>
+      </c>
+      <c r="E104" t="s">
+        <v>291</v>
+      </c>
+      <c r="F104" t="s">
+        <v>292</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H104" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>397</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>206</v>
+      </c>
+      <c r="D105" t="s">
+        <v>290</v>
+      </c>
+      <c r="E105" t="s">
+        <v>291</v>
+      </c>
+      <c r="F105" t="s">
+        <v>292</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H105" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>400</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>210</v>
+      </c>
+      <c r="D106" t="s">
+        <v>290</v>
+      </c>
+      <c r="E106" t="s">
+        <v>291</v>
+      </c>
+      <c r="F106" t="s">
+        <v>292</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H106" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>403</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>214</v>
+      </c>
+      <c r="D107" t="s">
+        <v>290</v>
+      </c>
+      <c r="E107" t="s">
+        <v>291</v>
+      </c>
+      <c r="F107" t="s">
+        <v>292</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="H107" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>406</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>10</v>
+      </c>
+      <c r="D108" t="s">
+        <v>407</v>
+      </c>
+      <c r="E108" t="s">
+        <v>408</v>
+      </c>
+      <c r="F108" t="s">
+        <v>409</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H108" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>412</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>10</v>
+      </c>
+      <c r="D109" t="s">
+        <v>413</v>
+      </c>
+      <c r="E109" t="s">
+        <v>414</v>
+      </c>
+      <c r="F109" t="s">
+        <v>409</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="H109" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>417</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>50</v>
+      </c>
+      <c r="D110" t="s">
+        <v>413</v>
+      </c>
+      <c r="E110" t="s">
+        <v>414</v>
+      </c>
+      <c r="F110" t="s">
+        <v>418</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="H110" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>421</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>54</v>
+      </c>
+      <c r="D111" t="s">
+        <v>413</v>
+      </c>
+      <c r="E111" t="s">
+        <v>414</v>
+      </c>
+      <c r="F111" t="s">
+        <v>422</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H111" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>425</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>10</v>
+      </c>
+      <c r="D112" t="s">
+        <v>426</v>
+      </c>
+      <c r="E112" t="s">
+        <v>427</v>
+      </c>
+      <c r="F112" t="s">
+        <v>428</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="H112" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>431</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>50</v>
+      </c>
+      <c r="D113" t="s">
+        <v>426</v>
+      </c>
+      <c r="E113" t="s">
+        <v>427</v>
+      </c>
+      <c r="F113" t="s">
+        <v>69</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="H113" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>434</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>54</v>
+      </c>
+      <c r="D114" t="s">
+        <v>426</v>
+      </c>
+      <c r="E114" t="s">
+        <v>427</v>
+      </c>
+      <c r="F114" t="s">
+        <v>428</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="H114" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>437</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>59</v>
+      </c>
+      <c r="D115" t="s">
+        <v>426</v>
+      </c>
+      <c r="E115" t="s">
+        <v>427</v>
+      </c>
+      <c r="F115" t="s">
+        <v>55</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H115" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>440</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>63</v>
+      </c>
+      <c r="D116" t="s">
+        <v>426</v>
+      </c>
+      <c r="E116" t="s">
+        <v>427</v>
+      </c>
+      <c r="F116" t="s">
+        <v>55</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="H116" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>443</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>85</v>
+      </c>
+      <c r="D117" t="s">
+        <v>426</v>
+      </c>
+      <c r="E117" t="s">
+        <v>427</v>
+      </c>
+      <c r="F117" t="s">
+        <v>55</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="H117" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>446</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>89</v>
+      </c>
+      <c r="D118" t="s">
+        <v>426</v>
+      </c>
+      <c r="E118" t="s">
+        <v>427</v>
+      </c>
+      <c r="F118" t="s">
+        <v>55</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="H118" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>449</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>93</v>
+      </c>
+      <c r="D119" t="s">
+        <v>426</v>
+      </c>
+      <c r="E119" t="s">
+        <v>427</v>
+      </c>
+      <c r="F119" t="s">
+        <v>55</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H119" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>452</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>97</v>
+      </c>
+      <c r="D120" t="s">
+        <v>426</v>
+      </c>
+      <c r="E120" t="s">
+        <v>427</v>
+      </c>
+      <c r="F120" t="s">
+        <v>55</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="H120" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>455</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>101</v>
+      </c>
+      <c r="D121" t="s">
+        <v>426</v>
+      </c>
+      <c r="E121" t="s">
+        <v>427</v>
+      </c>
+      <c r="F121" t="s">
+        <v>456</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H121" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>459</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>105</v>
+      </c>
+      <c r="D122" t="s">
+        <v>426</v>
+      </c>
+      <c r="E122" t="s">
+        <v>427</v>
+      </c>
+      <c r="F122" t="s">
+        <v>456</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H122" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>462</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>109</v>
+      </c>
+      <c r="D123" t="s">
+        <v>426</v>
+      </c>
+      <c r="E123" t="s">
+        <v>427</v>
+      </c>
+      <c r="F123" t="s">
+        <v>166</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="H123" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>465</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>113</v>
+      </c>
+      <c r="D124" t="s">
+        <v>426</v>
+      </c>
+      <c r="E124" t="s">
+        <v>427</v>
+      </c>
+      <c r="F124" t="s">
+        <v>166</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H124" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>468</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>117</v>
+      </c>
+      <c r="D125" t="s">
+        <v>426</v>
+      </c>
+      <c r="E125" t="s">
+        <v>427</v>
+      </c>
+      <c r="F125" t="s">
+        <v>166</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H125" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>471</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>121</v>
+      </c>
+      <c r="D126" t="s">
+        <v>426</v>
+      </c>
+      <c r="E126" t="s">
+        <v>427</v>
+      </c>
+      <c r="F126" t="s">
+        <v>55</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H126" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>474</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>125</v>
+      </c>
+      <c r="D127" t="s">
+        <v>426</v>
+      </c>
+      <c r="E127" t="s">
+        <v>427</v>
+      </c>
+      <c r="F127" t="s">
+        <v>55</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H127" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>477</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>129</v>
+      </c>
+      <c r="D128" t="s">
+        <v>426</v>
+      </c>
+      <c r="E128" t="s">
+        <v>427</v>
+      </c>
+      <c r="F128" t="s">
+        <v>55</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H128" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>480</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>133</v>
+      </c>
+      <c r="D129" t="s">
+        <v>426</v>
+      </c>
+      <c r="E129" t="s">
+        <v>427</v>
+      </c>
+      <c r="F129" t="s">
+        <v>456</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H129" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>483</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>137</v>
+      </c>
+      <c r="D130" t="s">
+        <v>426</v>
+      </c>
+      <c r="E130" t="s">
+        <v>427</v>
+      </c>
+      <c r="F130" t="s">
+        <v>484</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H130" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>487</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>141</v>
+      </c>
+      <c r="D131" t="s">
+        <v>426</v>
+      </c>
+      <c r="E131" t="s">
+        <v>427</v>
+      </c>
+      <c r="F131" t="s">
+        <v>484</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="H131" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>490</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>145</v>
+      </c>
+      <c r="D132" t="s">
+        <v>426</v>
+      </c>
+      <c r="E132" t="s">
+        <v>427</v>
+      </c>
+      <c r="F132" t="s">
+        <v>484</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="H132" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>493</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>149</v>
+      </c>
+      <c r="D133" t="s">
+        <v>426</v>
+      </c>
+      <c r="E133" t="s">
+        <v>427</v>
+      </c>
+      <c r="F133" t="s">
+        <v>484</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="H133" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>496</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>153</v>
+      </c>
+      <c r="D134" t="s">
+        <v>426</v>
+      </c>
+      <c r="E134" t="s">
+        <v>427</v>
+      </c>
+      <c r="F134" t="s">
+        <v>166</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="H134" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>499</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>157</v>
+      </c>
+      <c r="D135" t="s">
+        <v>426</v>
+      </c>
+      <c r="E135" t="s">
+        <v>427</v>
+      </c>
+      <c r="F135" t="s">
+        <v>166</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="H135" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>502</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>161</v>
+      </c>
+      <c r="D136" t="s">
+        <v>426</v>
+      </c>
+      <c r="E136" t="s">
+        <v>427</v>
+      </c>
+      <c r="F136" t="s">
+        <v>166</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H136" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>505</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>165</v>
+      </c>
+      <c r="D137" t="s">
+        <v>426</v>
+      </c>
+      <c r="E137" t="s">
+        <v>427</v>
+      </c>
+      <c r="F137" t="s">
+        <v>55</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="H137" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>508</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>170</v>
+      </c>
+      <c r="D138" t="s">
+        <v>426</v>
+      </c>
+      <c r="E138" t="s">
+        <v>427</v>
+      </c>
+      <c r="F138" t="s">
+        <v>55</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H138" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>511</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>174</v>
+      </c>
+      <c r="D139" t="s">
+        <v>426</v>
+      </c>
+      <c r="E139" t="s">
+        <v>427</v>
+      </c>
+      <c r="F139" t="s">
+        <v>55</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="H139" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>514</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>178</v>
+      </c>
+      <c r="D140" t="s">
+        <v>426</v>
+      </c>
+      <c r="E140" t="s">
+        <v>427</v>
+      </c>
+      <c r="F140" t="s">
+        <v>55</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H140" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>517</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>182</v>
+      </c>
+      <c r="D141" t="s">
+        <v>426</v>
+      </c>
+      <c r="E141" t="s">
+        <v>427</v>
+      </c>
+      <c r="F141" t="s">
+        <v>55</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="H141" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>520</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>10</v>
+      </c>
+      <c r="D142" t="s">
+        <v>521</v>
+      </c>
+      <c r="E142" t="s">
+        <v>522</v>
+      </c>
+      <c r="F142" t="s">
+        <v>484</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H142" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>524</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>50</v>
+      </c>
+      <c r="D143" t="s">
+        <v>521</v>
+      </c>
+      <c r="E143" t="s">
+        <v>522</v>
+      </c>
+      <c r="F143" t="s">
+        <v>484</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H143" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>526</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>54</v>
+      </c>
+      <c r="D144" t="s">
+        <v>521</v>
+      </c>
+      <c r="E144" t="s">
+        <v>522</v>
+      </c>
+      <c r="F144" t="s">
+        <v>55</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H144" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>528</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>59</v>
+      </c>
+      <c r="D145" t="s">
+        <v>521</v>
+      </c>
+      <c r="E145" t="s">
+        <v>522</v>
+      </c>
+      <c r="F145" t="s">
+        <v>484</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H145" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>530</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>63</v>
+      </c>
+      <c r="D146" t="s">
+        <v>521</v>
+      </c>
+      <c r="E146" t="s">
+        <v>522</v>
+      </c>
+      <c r="F146" t="s">
+        <v>166</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H146" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>532</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>85</v>
+      </c>
+      <c r="D147" t="s">
+        <v>521</v>
+      </c>
+      <c r="E147" t="s">
+        <v>522</v>
+      </c>
+      <c r="F147" t="s">
+        <v>166</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H147" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>534</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>89</v>
+      </c>
+      <c r="D148" t="s">
+        <v>521</v>
+      </c>
+      <c r="E148" t="s">
+        <v>522</v>
+      </c>
+      <c r="F148" t="s">
+        <v>484</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H148" t="s">
+        <v>535</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>